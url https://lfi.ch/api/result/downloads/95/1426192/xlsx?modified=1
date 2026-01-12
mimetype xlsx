--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi) · stato della pianificazione forestale regionale</t>
+    <t>forest type (3 classes) · status of forest development plans</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi)</t>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
-    <t>stato della pianificazione forestale regionale</t>
+    <t>status of forest development plans</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>PFR pianificato o previsto</t>
+    <t>planned or intended</t>
   </si>
   <si>
-    <t>PFR in corso di elaborazione</t>
+    <t>in preparation</t>
   </si>
   <si>
-    <t>PFR in vigore</t>
+    <t>effective</t>
   </si>
   <si>
-    <t>documento di pianificazione cantonale analogo in vigore</t>
+    <t>comparable cantonal forest planning document effective</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
+    <t>accessible forest without shrub forest</t>
   </si>
   <si>
-    <t>bosco non accessibile esclusi gli arbusteti</t>
+    <t>inaccessible forest without shrub forest</t>
   </si>
   <si>
-    <t>arbusteti</t>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426192/606739</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+      <t xml:space="preserve">status of forest development plans</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Stato di elaborazione del piano forestale regionale o di un equivalente documento di pianificazione forestale cantonale. Fonte: inchiesta presso il servizio forestale (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Status of the forest development plan or a comparable cantonal forest planning document. Reference: Forest Service Survey (MID 803: Stand der Waldentwicklungspläne)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6932,51 +6932,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA47" s="6">
         <v>100.0</v>
       </c>
       <c r="BB47" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:54" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426192/606739</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
@@ -7014,226 +7014,226 @@
       <c r="AR48" s="3"/>
       <c r="AS48" s="3"/>
       <c r="AT48" s="3"/>
       <c r="AU48" s="3"/>
       <c r="AV48" s="3"/>
       <c r="AW48" s="3"/>
       <c r="AX48" s="3"/>
       <c r="AY48" s="3"/>
       <c r="AZ48" s="3"/>
       <c r="BA48" s="3"/>
       <c r="BB48" s="3"/>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:54">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:54" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="57" spans="1:54">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+            <t xml:space="preserve">status of forest development plans</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="60" spans="1:54">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:54" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:54">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:54" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:54">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:54" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>