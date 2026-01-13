--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>forest type (3 classes) · status of forest development plans</t>
+    <t>tipo di bosco (3 classi) · stato della pianificazione forestale regionale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forest type (3 classes)</t>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
-    <t>status of forest development plans</t>
+    <t>stato della pianificazione forestale regionale</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>planned or intended</t>
+    <t>PFR pianificato o previsto</t>
   </si>
   <si>
-    <t>in preparation</t>
+    <t>PFR in corso di elaborazione</t>
   </si>
   <si>
-    <t>effective</t>
+    <t>PFR in vigore</t>
   </si>
   <si>
-    <t>comparable cantonal forest planning document effective</t>
+    <t>documento di pianificazione cantonale analogo in vigore</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>inaccessible forest without shrub forest</t>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426202/606749</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of forest development plans</t>
+      <t xml:space="preserve">stato della pianificazione forestale regionale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Status of the forest development plan or a comparable cantonal forest planning document. Reference: Forest Service Survey (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Stato di elaborazione del piano forestale regionale o di un equivalente documento di pianificazione forestale cantonale. Fonte: inchiesta presso il servizio forestale (MID 803: Stand der Waldentwicklungspläne)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -6932,51 +6932,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ47" s="6">
         <v>7</v>
       </c>
       <c r="BA47" s="6">
         <v>1176.4</v>
       </c>
       <c r="BB47" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:54" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426202/606749</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
@@ -7014,226 +7014,226 @@
       <c r="AR48" s="3"/>
       <c r="AS48" s="3"/>
       <c r="AT48" s="3"/>
       <c r="AU48" s="3"/>
       <c r="AV48" s="3"/>
       <c r="AW48" s="3"/>
       <c r="AX48" s="3"/>
       <c r="AY48" s="3"/>
       <c r="AZ48" s="3"/>
       <c r="BA48" s="3"/>
       <c r="BB48" s="3"/>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:54">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:54" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="57" spans="1:54">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of forest development plans</t>
+            <t xml:space="preserve">stato della pianificazione forestale regionale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="60" spans="1:54">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:54" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:54">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:54" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:54">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:54" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>