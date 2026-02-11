--- v0 (2025-11-29)
+++ v1 (2026-02-11)
@@ -14,413 +14,413 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>type of last silvicultural treatment</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile del fusto</t>
+  </si>
+  <si>
+    <t>tipo dell'ultimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...50 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no treatment</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>cure colturali al bosco giovane</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>taglio di sementazione</t>
+  </si>
+  <si>
+    <t>taglio di sgombero</t>
+  </si>
+  <si>
+    <t>taglio a scelta</t>
+  </si>
+  <si>
+    <t>diradamento nei boschi di montagna</t>
+  </si>
+  <si>
+    <t>ceduazione (cedui e cedui composti)</t>
+  </si>
+  <si>
+    <t>conversione</t>
+  </si>
+  <si>
+    <t>trasformazione</t>
+  </si>
+  <si>
+    <t>taglio fitosanitario</t>
+  </si>
+  <si>
+    <t>diradamento in foresta permanente</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>piantagione</t>
+  </si>
+  <si>
+    <t>intervento di tipo agro-forestale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prelievo di singoli alberi </t>
+  </si>
+  <si>
+    <t>intervento di messa in sicurezza</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426550/607097</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bolewood harvested</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of last silvicultural treatment</t>
+      <t xml:space="preserve">tipo dell'ultimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Indication of how the stand was treated during the last intervention. Reference: Forest Service Survey (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Informazione sul tipo di intervento che è stato effettuato nel popolamento. Fonte: inchiesta presso il servizio forestale (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,80 +772,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -2856,51 +2856,51 @@
         <v>133</v>
       </c>
       <c r="AC31" s="6">
         <v>30</v>
       </c>
       <c r="AD31" s="6">
         <v>5594</v>
       </c>
       <c r="AE31" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426550/607097</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -2916,191 +2916,191 @@
       <c r="U32" s="3"/>
       <c r="V32" s="3"/>
       <c r="W32" s="3"/>
       <c r="X32" s="3"/>
       <c r="Y32" s="3"/>
       <c r="Z32" s="3"/>
       <c r="AA32" s="3"/>
       <c r="AB32" s="3"/>
       <c r="AC32" s="3"/>
       <c r="AD32" s="3"/>
       <c r="AE32" s="3"/>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bolewood harvested</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of last silvicultural treatment</t>
+            <t xml:space="preserve">tipo dell'ultimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:31">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:31" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:31">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:31" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>