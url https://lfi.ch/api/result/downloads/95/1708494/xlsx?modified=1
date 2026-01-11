--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>status of forest development plans</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Stand der Waldentwicklungspläne (WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>planned or intended</t>
-[...8 lines deleted...]
-    <t>comparable cantonal forest planning document effective</t>
+    <t>WEP geplant oder vorgesehen</t>
+  </si>
+  <si>
+    <t>WEP in Bearbeitung</t>
+  </si>
+  <si>
+    <t>WEP rechtskräftig</t>
+  </si>
+  <si>
+    <t>vergleichbares kantonales Planungswerk in Kraft</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1708494/608356</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of forest development plans</t>
+      <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Status of the forest development plan or a comparable cantonal forest planning document. Reference: Forest Service Survey (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Erarbeitungsstand des Waldentwicklungsplans oder eines vergleichbaren kantonalen forstlichen Planungswerks. Grundlage: Forstdienstbefragung (MID 803: Stand der Waldentwicklungspläne)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1708494/608356</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of forest development plans</t>
+            <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>