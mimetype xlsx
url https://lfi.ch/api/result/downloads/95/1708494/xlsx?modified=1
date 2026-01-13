--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stand der Waldentwicklungspläne (WEP)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>état des plans de développement forestier (PDF)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>WEP geplant oder vorgesehen</t>
-[...8 lines deleted...]
-    <t>vergleichbares kantonales Planungswerk in Kraft</t>
+    <t>PDF planifié ou prévu</t>
+  </si>
+  <si>
+    <t>PDF en cours d'élaboration</t>
+  </si>
+  <si>
+    <t>PDF en vigueur</t>
+  </si>
+  <si>
+    <t>document de planification for. cantonal comparable en vigueur</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1708494/608356</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
+      <t xml:space="preserve">état des plans de développement forestier (PDF)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Erarbeitungsstand des Waldentwicklungsplans oder eines vergleichbaren kantonalen forstlichen Planungswerks. Grundlage: Forstdienstbefragung (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Stade d'élaboration du plan de développement forestier ou d'un document de planification forestière cantonal comparable. Source: enquête auprès des services forestiers (MID 803: État du plan forestier régional PFR)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1708494/608356</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
+            <t xml:space="preserve">état des plans de développement forestier (PDF)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>