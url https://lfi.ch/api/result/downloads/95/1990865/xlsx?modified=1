--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen) · Nadelholz, Laubholz</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>merchantable timber harvested</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...32 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...14 lines deleted...]
-    <t>privat</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990865/610575</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung von Derbholz</t>
+      <t xml:space="preserve">merchantable timber harvested</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #114</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock sowie der Äste in Rinde von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Die Derbholznutzung stellt eine Annäherung an die verwertbare Holzmenge dar. Sie kommt der Holznutzung gemäss der Schweizerischen Forststatistik am nächsten.</t>
+    <t>Wood volume of the stem without bark and stump and the branches with bark ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory. The target variable "merchantable timber harvested" is an approximation of the amount of usable wood. It comes closest to the volume of timber harvested recorded in the Swiss Forest Statistics.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,65 +747,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -1888,270 +1888,270 @@
         <v>1.1</v>
       </c>
       <c r="N32" s="6">
         <v>30</v>
       </c>
       <c r="O32" s="6">
         <v>5.7</v>
       </c>
       <c r="P32" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990865/610575</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung von Derbholz</t>
+            <t xml:space="preserve">merchantable timber harvested</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #114</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>