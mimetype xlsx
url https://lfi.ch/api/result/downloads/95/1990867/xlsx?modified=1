--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen) · Nadelholz, Laubholz</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...8 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...14 lines deleted...]
-    <t>privat</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990867/610577</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung von Derbholz</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #114</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock sowie der Äste in Rinde von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Die Derbholznutzung stellt eine Annäherung an die verwertbare Holzmenge dar. Sie kommt der Holznutzung gemäss der Schweizerischen Forststatistik am nächsten.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia e dei rami con corteccia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente. L'utilizzazione di legno commerciabile è una stima della quantità di legno valorizzabile. Essa è la più vicina all'utilizzazione secondo la statistica forestale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -805,51 +805,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -4491,51 +4491,51 @@
         <v>10.7</v>
       </c>
       <c r="AZ32" s="6">
         <v>15</v>
       </c>
       <c r="BA32" s="6">
         <v>5.7</v>
       </c>
       <c r="BB32" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990867/610577</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4573,226 +4573,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung von Derbholz</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #114</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>