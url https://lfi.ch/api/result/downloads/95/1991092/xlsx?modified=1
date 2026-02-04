--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -17,382 +17,382 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>IFN4–IFN5</t>
   </si>
   <si>
-    <t>exploitations de bois fort des branches</t>
-[...2 lines deleted...]
-    <t>propriété (2 classes) · résineux et feuillus</t>
+    <t>utilizzazione della ramaglia commerciabile</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/an</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...36 lines deleted...]
-    <t>1000 m³/an</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...14 lines deleted...]
-    <t>privée</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991092/610802</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exploitations de bois fort des branches</t>
+      <t xml:space="preserve">utilizzazione della ramaglia commerciabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #112</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois des branches en écorce d'au moins 7 cm de diamètre (limite du bois fort) de tous les arbres et arbustes d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) exploités entre deux inventaires et vifs lors du précédent inventaire.</t>
+    <t>Volume di legno dei rami con corteccia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,63 +744,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -1751,268 +1751,268 @@
         <v>1</v>
       </c>
       <c r="L32" s="6">
         <v>44</v>
       </c>
       <c r="M32" s="6">
         <v>363</v>
       </c>
       <c r="N32" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991092/610802</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exploitations de bois fort des branches</t>
+            <t xml:space="preserve">utilizzazione della ramaglia commerciabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #112</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>