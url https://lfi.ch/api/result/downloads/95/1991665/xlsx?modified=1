--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -12,446 +12,443 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of trees assessed for browsing (no extrapolation)</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...20 lines deleted...]
-    <t>Stk.</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>size classe (young forest; 5 classes)</t>
+  </si>
+  <si>
+    <t>main tree species in young forest (counting)</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...50 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>species not assessed in all inventories</t>
+  </si>
+  <si>
+    <t>height 10-39 cm</t>
+  </si>
+  <si>
+    <t>height 40-129 cm</t>
+  </si>
+  <si>
+    <t>DBH 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991665/611375</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
+    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+      <t xml:space="preserve">main tree species in young forest (counting)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Bestockbarer Teil des zugänglichen Waldes ohne Gebüschwald (also zugänglicher Wald ohne Gebüschwald ohne Fläche von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen usw.).</t>
+    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -803,57 +800,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -912,2858 +909,2858 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C29" s="6">
         <v>41</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>506</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G29" s="6">
         <v>547</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C30" s="6">
         <v>12</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="6">
         <v>653</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>665</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C31" s="6">
         <v>1</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>8</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G31" s="6">
         <v>9</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>38</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>38</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6">
         <v>10</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6">
         <v>10</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>4</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6">
         <v>10</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G34" s="6">
         <v>14</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>57</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E35" s="6">
         <v>2022</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G35" s="6">
         <v>2079</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C36" s="6">
         <v>73</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E36" s="6">
         <v>2803</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G36" s="6">
         <v>2876</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C37" s="6">
         <v>44</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="6">
         <v>2377</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="6">
         <v>2421</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E38" s="6">
         <v>374</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6">
         <v>374</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>12</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6">
         <v>12</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C40" s="6">
         <v>43</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>868</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G40" s="6">
         <v>911</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6">
         <v>275</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E42" s="6">
         <v>9681</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>9956</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C44" s="6">
         <v>82</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E44" s="6">
         <v>936</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6">
         <v>1018</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C45" s="6">
         <v>5</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>533</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6">
         <v>538</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C46" s="6">
         <v>2</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>37</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6">
         <v>39</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C47" s="6">
         <v>2</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>50</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6">
         <v>52</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C48" s="6">
         <v>4</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>15</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>19</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>3</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6">
         <v>3</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C50" s="6">
         <v>41</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>3157</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" s="6">
         <v>3198</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C51" s="6">
         <v>17</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6">
         <v>1382</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
         <v>1399</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C52" s="6">
         <v>16</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E52" s="6">
         <v>831</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>847</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>67</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6">
         <v>67</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>7</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6">
         <v>7</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C55" s="6">
         <v>31</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6">
         <v>907</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6">
         <v>938</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="6">
         <v>200</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6">
         <v>7925</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6">
         <v>8125</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>0</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>0</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>0</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>0</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>0</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>0</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6">
         <v>0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6">
         <v>0</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E71" s="6">
         <v>0</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6">
         <v>0</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E73" s="6">
         <v>0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6">
         <v>0</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6">
         <v>0</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6">
         <v>0</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6">
         <v>0</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E78" s="6">
         <v>0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G78" s="6">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E79" s="6">
         <v>0</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G79" s="6">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E80" s="6">
         <v>0</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G80" s="6">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E81" s="6">
         <v>0</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G81" s="6">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E82" s="6">
         <v>0</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G82" s="6">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E83" s="6">
         <v>0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G83" s="6">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E84" s="6">
         <v>0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G84" s="6">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E85" s="6">
         <v>0</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G85" s="6">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E86" s="6">
         <v>0</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G86" s="6">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E87" s="6">
         <v>0</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G87" s="6">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E88" s="6">
         <v>0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G88" s="6">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E89" s="6">
         <v>0</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G89" s="6">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E90" s="6">
         <v>0</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G90" s="6">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E91" s="6">
         <v>0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G91" s="6">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E92" s="6">
         <v>0</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G92" s="6">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E93" s="6">
         <v>0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G93" s="6">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E94" s="6">
         <v>0</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G94" s="6">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E95" s="6">
         <v>0</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G95" s="6">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E96" s="6">
         <v>0</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G96" s="6">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E97" s="6">
         <v>0</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G97" s="6">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E98" s="6">
         <v>0</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G98" s="6">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E99" s="6">
         <v>0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G99" s="6">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E100" s="6">
         <v>0</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G100" s="6">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E101" s="6">
         <v>0</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G101" s="6">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E102" s="6">
         <v>0</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G102" s="6">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E103" s="6">
         <v>0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G103" s="6">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C104" s="6">
         <v>123</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E104" s="6">
         <v>1442</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G104" s="6">
         <v>1565</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C105" s="6">
         <v>17</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E105" s="6">
         <v>1186</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G105" s="6">
         <v>1203</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C106" s="6">
         <v>3</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E106" s="6">
         <v>45</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G106" s="6">
         <v>48</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C107" s="6">
         <v>2</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E107" s="6">
         <v>88</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G107" s="6">
         <v>90</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C108" s="6">
         <v>4</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E108" s="6">
         <v>25</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G108" s="6">
         <v>29</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C109" s="6">
         <v>4</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E109" s="6">
         <v>13</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G109" s="6">
         <v>17</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C110" s="6">
         <v>98</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E110" s="6">
         <v>5179</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G110" s="6">
         <v>5277</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C111" s="6">
         <v>90</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E111" s="6">
         <v>4185</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G111" s="6">
         <v>4275</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C112" s="6">
         <v>60</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E112" s="6">
         <v>3208</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G112" s="6">
         <v>3268</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E113" s="6">
         <v>441</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G113" s="6">
         <v>441</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E114" s="6">
         <v>19</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G114" s="6">
         <v>19</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C115" s="6">
         <v>74</v>
       </c>
       <c r="D115" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E115" s="6">
         <v>1775</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G115" s="6">
         <v>1849</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E116" s="6">
         <v>0</v>
       </c>
       <c r="F116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G116" s="6">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C117" s="6">
         <v>475</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E117" s="6">
         <v>17606</v>
       </c>
       <c r="F117" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G117" s="6">
         <v>18081</v>
       </c>
       <c r="H117" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991665/611375</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+            <t xml:space="preserve">main tree species in young forest (counting)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:A102"/>
     <mergeCell ref="A103:A117"/>
     <mergeCell ref="A118:H118"/>
     <mergeCell ref="A121:H121"/>