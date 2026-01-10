--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione predominante (IFN5)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>primary forest function (NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna funzione predominante</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>no primary forest function</t>
+  </si>
+  <si>
+    <t>timber production</t>
+  </si>
+  <si>
+    <t>agricultural use</t>
+  </si>
+  <si>
+    <t>windbreak</t>
+  </si>
+  <si>
+    <t>drinking-water protection</t>
+  </si>
+  <si>
+    <t>nature conservation</t>
+  </si>
+  <si>
+    <t>landscape protection</t>
+  </si>
+  <si>
+    <t>game protection</t>
+  </si>
+  <si>
+    <t>recreation</t>
+  </si>
+  <si>
+    <t>military</t>
+  </si>
+  <si>
+    <t>protection against natural hazards</t>
+  </si>
+  <si>
+    <t>carbon sink</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273609/611532</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione predominante (IFN5)</t>
+      <t xml:space="preserve">primary forest function (NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2755</t>
     </r>
   </si>
   <si>
-    <t>Funzione forestale più importante per la gestione del bosco, in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
+    <t>Type of the most important forest function relevant for management according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>187.6</v>
       </c>
       <c r="M26" s="6">
         <v>2</v>
       </c>
       <c r="N26" s="6">
         <v>1290.8</v>
       </c>
       <c r="O26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273609/611532</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione predominante (IFN5)</t>
+            <t xml:space="preserve">primary forest function (NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2755</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>