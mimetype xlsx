--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,417 +14,417 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione predominante (IFN5): protezione della natura · fasce vegetazionali NaiS (3 classi) · data dell'ultimo intervento (classi di 10 anni)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...17 lines deleted...]
-    <t>data dell'ultimo intervento (classi di 10 anni)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-10 anni fa</t>
-[...26 lines deleted...]
-    <t>iperinsubrica, collinare e submontana</t>
+    <t>vor =10 Jahren</t>
+  </si>
+  <si>
+    <t>vor 11-20 Jahren</t>
+  </si>
+  <si>
+    <t>vor 21-30 Jahren</t>
+  </si>
+  <si>
+    <t>vor 31-40 Jahren</t>
+  </si>
+  <si>
+    <t>vor 41-50 Jahren</t>
+  </si>
+  <si>
+    <t>vor 51-100 Jahren</t>
+  </si>
+  <si>
+    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274198/612121</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
+      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione predominante «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
+    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
+      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -776,52 +776,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1983,297 +1983,297 @@
         <v>1053.1</v>
       </c>
       <c r="F57" s="6">
         <v>1</v>
       </c>
       <c r="G57" s="6">
         <v>1176.4</v>
       </c>
       <c r="H57" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274198/612121</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
+            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
+            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>