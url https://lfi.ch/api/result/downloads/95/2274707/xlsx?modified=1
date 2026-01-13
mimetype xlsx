--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,417 +14,417 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>primary forest function (NFI5): nature conservation · altitudinal vegetation belts (NaiS, 3 classes) · time of last treatment (in 10-year classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...17 lines deleted...]
-    <t>Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>primary forest function (NFI5): nature conservation</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
+  </si>
+  <si>
+    <t>time of last treatment (in 10-year classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vor =10 Jahren</t>
-[...26 lines deleted...]
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>=10 years ago</t>
+  </si>
+  <si>
+    <t>11-20 years ago</t>
+  </si>
+  <si>
+    <t>21-30 years ago</t>
+  </si>
+  <si>
+    <t>31-40 years ago</t>
+  </si>
+  <si>
+    <t>41-50 years ago</t>
+  </si>
+  <si>
+    <t>51-100 years ago</t>
+  </si>
+  <si>
+    <t>&gt;100 years ago or never</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>montane</t>
+  </si>
+  <si>
+    <t>hyperinsubric, colline, submontane</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274707/612630</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+      <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
+    <t>Presence of the primary function: «nature conservation» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+      <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Number of years since the last silvicultural treatment – in classes of ten years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -443,63 +443,66 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -776,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -887,1393 +890,1393 @@
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C13" s="6">
-[...14 lines deleted...]
-      <c r="H13" s="6" t="s">
+      <c r="C13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
-      <c r="B14" s="5" t="s">
+      <c r="B14" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="6">
-[...14 lines deleted...]
-      <c r="H14" s="6" t="s">
+      <c r="C14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H14" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C15" s="6">
-[...5 lines deleted...]
-      <c r="E15" s="6">
+      <c r="C15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="7">
         <v>33.3</v>
       </c>
-      <c r="F15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="6">
+      <c r="F15" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="7">
         <v>25.0</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="H15" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C16" s="6">
-[...5 lines deleted...]
-      <c r="E16" s="6">
+      <c r="C16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="7">
         <v>33.3</v>
       </c>
-      <c r="F16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="6">
+      <c r="F16" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="7">
         <v>25.0</v>
       </c>
-      <c r="H16" s="6" t="s">
+      <c r="H16" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C17" s="6">
-[...14 lines deleted...]
-      <c r="H17" s="6" t="s">
+      <c r="C17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H17" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C18" s="6">
-[...14 lines deleted...]
-      <c r="H18" s="6" t="s">
+      <c r="C18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H18" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="6">
-[...14 lines deleted...]
-      <c r="H19" s="6" t="s">
+      <c r="C19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="6">
+      <c r="C20" s="7">
         <v>100.0</v>
       </c>
-      <c r="D20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="6">
+      <c r="D20" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="7">
         <v>33.3</v>
       </c>
-      <c r="F20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="6">
+      <c r="F20" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="7">
         <v>50.0</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20" s="7">
         <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C21" s="7">
         <v>100.0</v>
       </c>
-      <c r="D21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="6">
+      <c r="D21" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="7">
         <v>100.0</v>
       </c>
-      <c r="F21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="6">
+      <c r="F21" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="7">
         <v>100.0</v>
       </c>
-      <c r="H21" s="6" t="s">
+      <c r="H21" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C22" s="6">
-[...14 lines deleted...]
-      <c r="H22" s="6" t="s">
+      <c r="C22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H22" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
-      <c r="B23" s="5" t="s">
+      <c r="B23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C23" s="6">
+      <c r="C23" s="7">
         <v>7.4</v>
       </c>
-      <c r="D23" s="6">
+      <c r="D23" s="7">
         <v>2.7</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E23" s="7">
         <v>12.4</v>
       </c>
-      <c r="F23" s="6">
+      <c r="F23" s="7">
         <v>1.3</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G23" s="7">
         <v>11.7</v>
       </c>
-      <c r="H23" s="6">
+      <c r="H23" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C24" s="7">
         <v>4.5</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24" s="7">
         <v>2.2</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E24" s="7">
         <v>7.0</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F24" s="7">
         <v>1.1</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24" s="7">
         <v>6.7</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24" s="7">
         <v>1.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C25" s="6">
+      <c r="C25" s="7">
         <v>6.4</v>
       </c>
-      <c r="D25" s="6">
+      <c r="D25" s="7">
         <v>2.5</v>
       </c>
-      <c r="E25" s="6">
+      <c r="E25" s="7">
         <v>8.2</v>
       </c>
-      <c r="F25" s="6">
+      <c r="F25" s="7">
         <v>1.1</v>
       </c>
-      <c r="G25" s="6">
+      <c r="G25" s="7">
         <v>8.0</v>
       </c>
-      <c r="H25" s="6">
+      <c r="H25" s="7">
         <v>1.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="6">
+      <c r="C26" s="7">
         <v>9.9</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26" s="7">
         <v>3.1</v>
       </c>
-      <c r="E26" s="6">
+      <c r="E26" s="7">
         <v>11.5</v>
       </c>
-      <c r="F26" s="6">
+      <c r="F26" s="7">
         <v>1.3</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26" s="7">
         <v>11.3</v>
       </c>
-      <c r="H26" s="6">
+      <c r="H26" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="6">
+      <c r="C27" s="7">
         <v>7.3</v>
       </c>
-      <c r="D27" s="6">
+      <c r="D27" s="7">
         <v>2.6</v>
       </c>
-      <c r="E27" s="6">
+      <c r="E27" s="7">
         <v>11.6</v>
       </c>
-      <c r="F27" s="6">
+      <c r="F27" s="7">
         <v>1.3</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="7">
         <v>11.0</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C28" s="6">
+      <c r="C28" s="7">
         <v>23.8</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28" s="7">
         <v>4.4</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E28" s="7">
         <v>28.4</v>
       </c>
-      <c r="F28" s="6">
+      <c r="F28" s="7">
         <v>1.8</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28" s="7">
         <v>27.7</v>
       </c>
-      <c r="H28" s="6">
+      <c r="H28" s="7">
         <v>1.7</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C29" s="6">
+      <c r="C29" s="7">
         <v>40.8</v>
       </c>
-      <c r="D29" s="6">
+      <c r="D29" s="7">
         <v>5.1</v>
       </c>
-      <c r="E29" s="6">
+      <c r="E29" s="7">
         <v>20.9</v>
       </c>
-      <c r="F29" s="6">
+      <c r="F29" s="7">
         <v>1.7</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29" s="7">
         <v>23.6</v>
       </c>
-      <c r="H29" s="6">
+      <c r="H29" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C30" s="6">
+      <c r="C30" s="7">
         <v>100.0</v>
       </c>
-      <c r="D30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="6">
+      <c r="D30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="7">
         <v>100.0</v>
       </c>
-      <c r="F30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="6">
+      <c r="F30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="7">
         <v>100.0</v>
       </c>
-      <c r="H30" s="6" t="s">
+      <c r="H30" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C31" s="6">
-[...5 lines deleted...]
-      <c r="E31" s="6">
+      <c r="C31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E31" s="7">
         <v>0.1</v>
       </c>
-      <c r="F31" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H31" s="6" t="s">
+      <c r="F31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
-      <c r="B32" s="5" t="s">
+      <c r="B32" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C32" s="6">
+      <c r="C32" s="7">
         <v>23.3</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32" s="7">
         <v>3.0</v>
       </c>
-      <c r="E32" s="6">
+      <c r="E32" s="7">
         <v>41.1</v>
       </c>
-      <c r="F32" s="6">
+      <c r="F32" s="7">
         <v>1.1</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32" s="7">
         <v>39.4</v>
       </c>
-      <c r="H32" s="6">
+      <c r="H32" s="7">
         <v>1.1</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C33" s="6">
+      <c r="C33" s="7">
         <v>17.4</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D33" s="7">
         <v>2.7</v>
       </c>
-      <c r="E33" s="6">
+      <c r="E33" s="7">
         <v>17.5</v>
       </c>
-      <c r="F33" s="6">
+      <c r="F33" s="7">
         <v>0.9</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33" s="7">
         <v>17.5</v>
       </c>
-      <c r="H33" s="6">
+      <c r="H33" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C34" s="6">
+      <c r="C34" s="7">
         <v>13.1</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34" s="7">
         <v>2.4</v>
       </c>
-      <c r="E34" s="6">
+      <c r="E34" s="7">
         <v>11.7</v>
       </c>
-      <c r="F34" s="6">
+      <c r="F34" s="7">
         <v>0.7</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34" s="7">
         <v>11.8</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C35" s="6">
+      <c r="C35" s="7">
         <v>8.5</v>
       </c>
-      <c r="D35" s="6">
+      <c r="D35" s="7">
         <v>2.0</v>
       </c>
-      <c r="E35" s="6">
+      <c r="E35" s="7">
         <v>7.1</v>
       </c>
-      <c r="F35" s="6">
+      <c r="F35" s="7">
         <v>0.6</v>
       </c>
-      <c r="G35" s="6">
+      <c r="G35" s="7">
         <v>7.2</v>
       </c>
-      <c r="H35" s="6">
+      <c r="H35" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C36" s="6">
+      <c r="C36" s="7">
         <v>6.8</v>
       </c>
-      <c r="D36" s="6">
+      <c r="D36" s="7">
         <v>1.8</v>
       </c>
-      <c r="E36" s="6">
+      <c r="E36" s="7">
         <v>4.7</v>
       </c>
-      <c r="F36" s="6">
+      <c r="F36" s="7">
         <v>0.5</v>
       </c>
-      <c r="G36" s="6">
+      <c r="G36" s="7">
         <v>4.9</v>
       </c>
-      <c r="H36" s="6">
+      <c r="H36" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C37" s="6">
+      <c r="C37" s="7">
         <v>22.6</v>
       </c>
-      <c r="D37" s="6">
+      <c r="D37" s="7">
         <v>3.0</v>
       </c>
-      <c r="E37" s="6">
+      <c r="E37" s="7">
         <v>11.3</v>
       </c>
-      <c r="F37" s="6">
+      <c r="F37" s="7">
         <v>0.7</v>
       </c>
-      <c r="G37" s="6">
+      <c r="G37" s="7">
         <v>12.4</v>
       </c>
-      <c r="H37" s="6">
+      <c r="H37" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C38" s="6">
+      <c r="C38" s="7">
         <v>8.3</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D38" s="7">
         <v>2.0</v>
       </c>
-      <c r="E38" s="6">
+      <c r="E38" s="7">
         <v>6.6</v>
       </c>
-      <c r="F38" s="6">
+      <c r="F38" s="7">
         <v>0.6</v>
       </c>
-      <c r="G38" s="6">
+      <c r="G38" s="7">
         <v>6.8</v>
       </c>
-      <c r="H38" s="6">
+      <c r="H38" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C39" s="6">
+      <c r="C39" s="7">
         <v>100.0</v>
       </c>
-      <c r="D39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="6">
+      <c r="D39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="7">
         <v>100.0</v>
       </c>
-      <c r="F39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="6">
+      <c r="F39" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="7">
         <v>100.0</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="H39" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C40" s="6">
-[...14 lines deleted...]
-      <c r="H40" s="6" t="s">
+      <c r="C40" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H40" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
-      <c r="B41" s="5" t="s">
+      <c r="B41" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C41" s="6">
+      <c r="C41" s="7">
         <v>39.3</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41" s="7">
         <v>4.8</v>
       </c>
-      <c r="E41" s="6">
+      <c r="E41" s="7">
         <v>61.1</v>
       </c>
-      <c r="F41" s="6">
+      <c r="F41" s="7">
         <v>1.7</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41" s="7">
         <v>58.6</v>
       </c>
-      <c r="H41" s="6">
+      <c r="H41" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C42" s="6">
+      <c r="C42" s="7">
         <v>21.2</v>
       </c>
-      <c r="D42" s="6">
+      <c r="D42" s="7">
         <v>4.0</v>
       </c>
-      <c r="E42" s="6">
+      <c r="E42" s="7">
         <v>16.8</v>
       </c>
-      <c r="F42" s="6">
+      <c r="F42" s="7">
         <v>1.4</v>
       </c>
-      <c r="G42" s="6">
+      <c r="G42" s="7">
         <v>17.3</v>
       </c>
-      <c r="H42" s="6">
+      <c r="H42" s="7">
         <v>1.3</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C43" s="6">
+      <c r="C43" s="7">
         <v>8.1</v>
       </c>
-      <c r="D43" s="6">
+      <c r="D43" s="7">
         <v>2.7</v>
       </c>
-      <c r="E43" s="6">
+      <c r="E43" s="7">
         <v>5.4</v>
       </c>
-      <c r="F43" s="6">
+      <c r="F43" s="7">
         <v>0.8</v>
       </c>
-      <c r="G43" s="6">
+      <c r="G43" s="7">
         <v>5.7</v>
       </c>
-      <c r="H43" s="6">
+      <c r="H43" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C44" s="6">
+      <c r="C44" s="7">
         <v>9.7</v>
       </c>
-      <c r="D44" s="6">
+      <c r="D44" s="7">
         <v>2.9</v>
       </c>
-      <c r="E44" s="6">
+      <c r="E44" s="7">
         <v>2.2</v>
       </c>
-      <c r="F44" s="6">
+      <c r="F44" s="7">
         <v>0.5</v>
       </c>
-      <c r="G44" s="6">
+      <c r="G44" s="7">
         <v>3.0</v>
       </c>
-      <c r="H44" s="6">
+      <c r="H44" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C45" s="6">
+      <c r="C45" s="7">
         <v>3.1</v>
       </c>
-      <c r="D45" s="6">
+      <c r="D45" s="7">
         <v>1.8</v>
       </c>
-      <c r="E45" s="6">
+      <c r="E45" s="7">
         <v>1.7</v>
       </c>
-      <c r="F45" s="6">
+      <c r="F45" s="7">
         <v>0.5</v>
       </c>
-      <c r="G45" s="6">
+      <c r="G45" s="7">
         <v>1.9</v>
       </c>
-      <c r="H45" s="6">
+      <c r="H45" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C46" s="6">
+      <c r="C46" s="7">
         <v>17.6</v>
       </c>
-      <c r="D46" s="6">
+      <c r="D46" s="7">
         <v>3.8</v>
       </c>
-      <c r="E46" s="6">
+      <c r="E46" s="7">
         <v>10.5</v>
       </c>
-      <c r="F46" s="6">
+      <c r="F46" s="7">
         <v>1.0</v>
       </c>
-      <c r="G46" s="6">
+      <c r="G46" s="7">
         <v>11.3</v>
       </c>
-      <c r="H46" s="6">
+      <c r="H46" s="7">
         <v>1.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C47" s="6">
+      <c r="C47" s="7">
         <v>1.0</v>
       </c>
-      <c r="D47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="6">
+      <c r="D47" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" s="7">
         <v>2.3</v>
       </c>
-      <c r="F47" s="6">
+      <c r="F47" s="7">
         <v>0.5</v>
       </c>
-      <c r="G47" s="6">
+      <c r="G47" s="7">
         <v>2.2</v>
       </c>
-      <c r="H47" s="6">
+      <c r="H47" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C48" s="6">
+      <c r="C48" s="7">
         <v>100.0</v>
       </c>
-      <c r="D48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="6">
+      <c r="D48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" s="7">
         <v>100.0</v>
       </c>
-      <c r="F48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="6">
+      <c r="F48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="7">
         <v>100.0</v>
       </c>
-      <c r="H48" s="6" t="s">
+      <c r="H48" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C49" s="6">
-[...14 lines deleted...]
-      <c r="H49" s="6" t="s">
+      <c r="C49" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H49" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
-      <c r="B50" s="5" t="s">
+      <c r="B50" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C50" s="6">
+      <c r="C50" s="7">
         <v>23.5</v>
       </c>
-      <c r="D50" s="6">
+      <c r="D50" s="7">
         <v>2.1</v>
       </c>
-      <c r="E50" s="6">
+      <c r="E50" s="7">
         <v>40.5</v>
       </c>
-      <c r="F50" s="6">
+      <c r="F50" s="7">
         <v>0.8</v>
       </c>
-      <c r="G50" s="6">
+      <c r="G50" s="7">
         <v>38.6</v>
       </c>
-      <c r="H50" s="6">
+      <c r="H50" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C51" s="6">
+      <c r="C51" s="7">
         <v>15.2</v>
       </c>
-      <c r="D51" s="6">
+      <c r="D51" s="7">
         <v>1.8</v>
       </c>
-      <c r="E51" s="6">
+      <c r="E51" s="7">
         <v>15.4</v>
       </c>
-      <c r="F51" s="6">
+      <c r="F51" s="7">
         <v>0.6</v>
       </c>
-      <c r="G51" s="6">
+      <c r="G51" s="7">
         <v>15.4</v>
       </c>
-      <c r="H51" s="6">
+      <c r="H51" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C52" s="6">
+      <c r="C52" s="7">
         <v>10.1</v>
       </c>
-      <c r="D52" s="6">
+      <c r="D52" s="7">
         <v>1.5</v>
       </c>
-      <c r="E52" s="6">
+      <c r="E52" s="7">
         <v>9.6</v>
       </c>
-      <c r="F52" s="6">
+      <c r="F52" s="7">
         <v>0.5</v>
       </c>
-      <c r="G52" s="6">
+      <c r="G52" s="7">
         <v>9.6</v>
       </c>
-      <c r="H52" s="6">
+      <c r="H52" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C53" s="6">
+      <c r="C53" s="7">
         <v>9.1</v>
       </c>
-      <c r="D53" s="6">
+      <c r="D53" s="7">
         <v>1.5</v>
       </c>
-      <c r="E53" s="6">
+      <c r="E53" s="7">
         <v>6.7</v>
       </c>
-      <c r="F53" s="6">
+      <c r="F53" s="7">
         <v>0.4</v>
       </c>
-      <c r="G53" s="6">
+      <c r="G53" s="7">
         <v>7.0</v>
       </c>
-      <c r="H53" s="6">
+      <c r="H53" s="7">
         <v>0.4</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C54" s="6">
+      <c r="C54" s="7">
         <v>5.9</v>
       </c>
-      <c r="D54" s="6">
+      <c r="D54" s="7">
         <v>1.2</v>
       </c>
-      <c r="E54" s="6">
+      <c r="E54" s="7">
         <v>5.3</v>
       </c>
-      <c r="F54" s="6">
+      <c r="F54" s="7">
         <v>0.4</v>
       </c>
-      <c r="G54" s="6">
+      <c r="G54" s="7">
         <v>5.3</v>
       </c>
-      <c r="H54" s="6">
+      <c r="H54" s="7">
         <v>0.4</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C55" s="6">
+      <c r="C55" s="7">
         <v>21.6</v>
       </c>
-      <c r="D55" s="6">
+      <c r="D55" s="7">
         <v>2.1</v>
       </c>
-      <c r="E55" s="6">
+      <c r="E55" s="7">
         <v>14.3</v>
       </c>
-      <c r="F55" s="6">
+      <c r="F55" s="7">
         <v>0.6</v>
       </c>
-      <c r="G55" s="6">
+      <c r="G55" s="7">
         <v>15.1</v>
       </c>
-      <c r="H55" s="6">
+      <c r="H55" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C56" s="6">
+      <c r="C56" s="7">
         <v>14.5</v>
       </c>
-      <c r="D56" s="6">
+      <c r="D56" s="7">
         <v>1.8</v>
       </c>
-      <c r="E56" s="6">
+      <c r="E56" s="7">
         <v>8.3</v>
       </c>
-      <c r="F56" s="6">
+      <c r="F56" s="7">
         <v>0.5</v>
       </c>
-      <c r="G56" s="6">
+      <c r="G56" s="7">
         <v>9.0</v>
       </c>
-      <c r="H56" s="6">
+      <c r="H56" s="7">
         <v>0.5</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C57" s="6">
+      <c r="C57" s="7">
         <v>100.0</v>
       </c>
-      <c r="D57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="6">
+      <c r="D57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="7">
         <v>100.0</v>
       </c>
-      <c r="F57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="6">
+      <c r="F57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
         <v>100.0</v>
       </c>
-      <c r="H57" s="6" t="s">
+      <c r="H57" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274707/612630</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+            <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+            <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>