--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature and landscape conservation</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura e del paesaggio</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,252 +373,252 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>landscape protection</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>protezione del paesaggio</t>
+  </si>
+  <si>
+    <t>protezione della natura</t>
+  </si>
+  <si>
+    <t>protezione della selvaggina</t>
+  </si>
+  <si>
+    <t>altre</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275064/612995</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
+      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura e del paesaggio</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2757</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function «nature and landscape conservation», classified into the four classes: «landscape protection», «nature conservation», «game protection» or «other» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Presenza della funzione predominante «protezione della natura e del paesaggio» nelle quattro classi «protezione del paesaggio», «protezione della natura», «protezione della selvaggina» e «altre» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026), al fine di poter fare delle valutazioni in ambito di protezione della natura e del paesaggio. Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -970,51 +970,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="84.694" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -5769,51 +5769,51 @@
         <v>0.0</v>
       </c>
       <c r="GE18" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF18" s="6">
         <v>1237.7</v>
       </c>
       <c r="GG18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:189" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275064/612995</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -5987,191 +5987,191 @@
       <c r="FW19" s="3"/>
       <c r="FX19" s="3"/>
       <c r="FY19" s="3"/>
       <c r="FZ19" s="3"/>
       <c r="GA19" s="3"/>
       <c r="GB19" s="3"/>
       <c r="GC19" s="3"/>
       <c r="GD19" s="3"/>
       <c r="GE19" s="3"/>
       <c r="GF19" s="3"/>
       <c r="GG19" s="3"/>
     </row>
     <row r="22" spans="1:189">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
+            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura e del paesaggio</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>