--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,408 +14,408 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Art der Bestandesentstehung</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction prioritaire (IFN5): protection de la nature · étages de végétation NaiS (3 classes) · création du peuplement</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...24 lines deleted...]
-    <t>Art der Bestandesentstehung</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>fonction prioritaire (IFN5): protection de la nature</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>non</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (3 classes)</t>
+  </si>
+  <si>
+    <t>création du peuplement</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>aus natürlicher Verjüngung</t>
-[...8 lines deleted...]
-    <t>unbekannt</t>
+    <t>issu d'une régénération naturelle</t>
+  </si>
+  <si>
+    <t>issu d'une régénération artificielle</t>
+  </si>
+  <si>
+    <t>issu d'une régénération mixte</t>
+  </si>
+  <si>
+    <t>inconnu</t>
   </si>
   <si>
     <t>subalpin</t>
   </si>
   <si>
-    <t>montan</t>
-[...2 lines deleted...]
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>montagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique, collinéen, submontagnard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275338/613269</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+      <t xml:space="preserve">fonction prioritaire (IFN5): protection de la nature</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
+    <t>Indication dans l'IFN5 (2018-2026) de la fonction «protection de la nature» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 911: Fonction principale 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenés à trois classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en six classes (NAISHSTKOMB6KL), en regroupant les classes «hyperinsubrique et collinéen» et «submontagnard» dans la classe «hyperinsubrique, collinéen et submontagnard», les classes «montagnard supérieur et inférieur» et «haut-montagnard» dans la classe «montagnard», et les classes «subalpin» et «subalpin supérieur» dans la classe «subalpin». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art der Bestandesentstehung</t>
+      <t xml:space="preserve">création du peuplement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1003</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob der aktuelle Hauptbestand (d.h. die Bäume der Oberschicht) aus natürlicher Verjüngung (100% Naturverjüngung), künstlicher Verjüngung (&lt;20% Naturverjüngung) oder gemischter Verjüngung (20-99% Naturverjüngung) entstanden ist. Grundlage: Forstdienstbefragung (MID 404: Art der Bestandesentstehung)</t>
+    <t>Indication si le peuplement principal actuel (c.-à-d. les arbres de la strate supérieure) est issu d'une régénération naturelle (100% de régénération naturelle), d'une régénération artificielle (&lt;20% de régénération naturelle) ou d'une régénération mixte (20-99% de régénération naturelle). Source: enquête auprès des services forestiers (MID 404: Type de création du peuplement)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,51 +768,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1614,297 +1614,297 @@
         <v>100.0</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>100.0</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275338/613269</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+            <t xml:space="preserve">fonction prioritaire (IFN5): protection de la nature</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art der Bestandesentstehung</t>
+            <t xml:space="preserve">création du peuplement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1003</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>