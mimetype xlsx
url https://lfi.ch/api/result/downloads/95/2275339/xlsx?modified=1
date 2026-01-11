--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,408 +14,408 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature conservation · altitudinal vegetation belts (NaiS, 3 classes) · stand's origin</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Art der Bestandesentstehung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...24 lines deleted...]
-    <t>stand's origin</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Art der Bestandesentstehung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>natural regeneration</t>
-[...17 lines deleted...]
-    <t>hyperinsubric, colline, submontane</t>
+    <t>aus natürlicher Verjüngung</t>
+  </si>
+  <si>
+    <t>aus künstlicher Verjüngung</t>
+  </si>
+  <si>
+    <t>aus gemischter Verjüngung</t>
+  </si>
+  <si>
+    <t>unbekannt</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275339/613270</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function: «nature conservation» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand's origin</t>
+      <t xml:space="preserve">Art der Bestandesentstehung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1003</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether the current main stand (i.e. the trees of the upper layer) originated from natural regeneration (100% natural regeneration), artificial regeneration (&lt;20% natural regeneration) or mixed regeneration (20-99% natural regeneration). Reference: Forest Service Survey (MID 404: Art der Bestandesentstehung)</t>
+    <t>Angabe, ob der aktuelle Hauptbestand (d.h. die Bäume der Oberschicht) aus natürlicher Verjüngung (100% Naturverjüngung), künstlicher Verjüngung (&lt;20% Naturverjüngung) oder gemischter Verjüngung (20-99% Naturverjüngung) entstanden ist. Grundlage: Forstdienstbefragung (MID 404: Art der Bestandesentstehung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -767,52 +767,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1614,297 +1614,297 @@
         <v>100.0</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>100.0</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275339/613270</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand's origin</t>
+            <t xml:space="preserve">Art der Bestandesentstehung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1003</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>