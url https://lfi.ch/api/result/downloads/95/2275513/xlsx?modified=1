--- v0 (2025-10-01)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>habitat quality w.r.t. deadwood</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>qualità dell'habitat in relazione al legno morto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>bassa</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>alta</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275513/613444</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">habitat quality w.r.t. deadwood</t>
+      <t xml:space="preserve">qualità dell'habitat in relazione al legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #692</t>
     </r>
   </si>
   <si>
-    <t>Habitat quality assessed according to the types of deadwood present. It is considered «high» if the three deadwood types «snagss», «branch and wood piles» and «stumps and lying deadwood» are present on the interpretation area, «moderate» if two types are present, and «low» if none or only one type is present.</t>
+    <t>Qualità dell'habitat, valutata in base ai tipi di legno morto presenti. Se nell'area di interpretazione sono presenti i tre tipi di legno morto «alberi morti in piedi», «mucchi di rami e di legno» e «ceppaie e legno morto a terra», la qualità dell'habitat è considerata «alta», con due tipi «moderata» e con nessuno o un solo tipo «bassa». Fonte: rilievo sul terreno (MID 209: Asthaufen, MID 210: Stöcke, MID: 211: Dürrständer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275513/613444</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">habitat quality w.r.t. deadwood</t>
+            <t xml:space="preserve">qualità dell'habitat in relazione al legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #692</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>