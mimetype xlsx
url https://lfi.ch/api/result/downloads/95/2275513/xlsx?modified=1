--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>qualità dell'habitat in relazione al legno morto</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>qualité de l'habitat en fonction du bois mort</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bassa</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>moyenne</t>
+  </si>
+  <si>
+    <t>élevée</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275513/613444</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">qualità dell'habitat in relazione al legno morto</t>
+      <t xml:space="preserve">qualité de l'habitat en fonction du bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #692</t>
     </r>
   </si>
   <si>
-    <t>Qualità dell'habitat, valutata in base ai tipi di legno morto presenti. Se nell'area di interpretazione sono presenti i tre tipi di legno morto «alberi morti in piedi», «mucchi di rami e di legno» e «ceppaie e legno morto a terra», la qualità dell'habitat è considerata «alta», con due tipi «moderata» e con nessuno o un solo tipo «bassa». Fonte: rilievo sul terreno (MID 209: Asthaufen, MID 210: Stöcke, MID: 211: Dürrständer)</t>
+    <t>Qualité de l'habitat, évaluée sur la base des types de bois mort présents. Si les trois types de bois mort «arbres secs sur pied», «tas de branches et de bois» et «souches et bois mort à terre» sont présents sur la surface d'interprétation, la qualité de l'habitat est considérée comme «élevée», pour deux types comme «moyenne», pour un seul type ou aucun type comme «faible». Source: relevé de terrain (MID 209: Asthaufen, MID 210: Stöcke, MID: 211: Dürrständer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275513/613444</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">qualità dell'habitat in relazione al legno morto</t>
+            <t xml:space="preserve">qualité de l'habitat en fonction du bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #692</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>