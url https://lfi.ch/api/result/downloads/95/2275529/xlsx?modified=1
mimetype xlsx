--- v0 (2025-10-01)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>naturalness of the proportion of conifers</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Naturnähe des Nadelholzanteils</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>very unnatural</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>sehr naturfern</t>
+  </si>
+  <si>
+    <t>naturfern</t>
+  </si>
+  <si>
+    <t>mässig naturfern</t>
+  </si>
+  <si>
+    <t>naturnah</t>
+  </si>
+  <si>
+    <t>Nadelwaldareal</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275529/613460</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">naturalness of the proportion of conifers</t>
+      <t xml:space="preserve">Naturnähe des Nadelholzanteils</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2691</t>
     </r>
   </si>
   <si>
-    <t>Correspondence between the actual proportion of conifers in a stand and the postulated natural proportion of conifers in the corresponding potential natural vegetation (PNV). Reference: NaiS site types, aggregated into groups with similar mixing and regeneration objectives («Gfein») according to the NaiS-NFI project (Arge Frehner et al. 2020) for the PNV; classification of the proportion of conifers according to the Kienast method; Field Survey (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Übereinstimmung des gegenwärtigen Nadelholzanteils einer Bestockung mit dem postulierten natürlichen Nadelholzanteil der entsprechenden potenziellen natürlichen Vegetation (PNV). Grundlagen: NaiS-Standorttypen, aggreggiert zu Gruppen mit jeweils ähnlichem Mischungs- und Verjüngungsziel («Gfein») gemäss Projekt NaiS-LFI (Arge Frehner et al. 2020) für die PNV; Klassierung der Nadelholzanteile nach Methode Kienast; Feldaufnahme (MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,51 +973,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6341,51 +6341,51 @@
         <v>106</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>100.0</v>
       </c>
       <c r="GG19" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275529/613460</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">naturalness of the proportion of conifers</t>
+            <t xml:space="preserve">Naturnähe des Nadelholzanteils</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2691</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>