--- v0 (2025-10-01)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>groundwater protection zones (2022, 8 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzonen (2022; 8 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,264 +373,264 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
-    <t>area of contribution instead of S3 or Sm</t>
+    <t>Zuströmbereich anstelle einer S3 oder einer Sm</t>
   </si>
   <si>
     <t>Sh</t>
   </si>
   <si>
     <t>Sm</t>
   </si>
   <si>
-    <t>protection zone, not according to federal law</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nicht nach Bundesrecht vorgesehener Schutzzonentyp</t>
+  </si>
+  <si>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275751/613682</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+      <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2583</t>
     </r>
   </si>
   <si>
-    <t>Zones around groundwater wells and groundwater recharging facilities that are designated by the canton as in the public interest for protecting drinking water. How strict the property restrictions and/or management requirements are depends on the protection zone,. The variable reflects the protection zone categories applicable since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) and the status of designation by the cantons on 8 July 2022 (download of data from geodienste.ch).</t>
+    <t>Zonen, die von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden werden und dem Schutz des Trinkwassers dienen. Je nach Schutzzone gelten unterschiedlich strenge Eigentumsbeschränkungen bzw. Bewirtschaftungsauflagen. Die Variable widerspiegelt die seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) und den Stand der Ausscheidung durch die Kantone am 8.7.2022 (Download der Daten von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -982,51 +982,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -8057,51 +8057,51 @@
         <v>106</v>
       </c>
       <c r="GE22" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF22" s="6">
         <v>100.0</v>
       </c>
       <c r="GG22" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275751/613682</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -8275,191 +8275,191 @@
       <c r="FW23" s="3"/>
       <c r="FX23" s="3"/>
       <c r="FY23" s="3"/>
       <c r="FZ23" s="3"/>
       <c r="GA23" s="3"/>
       <c r="GB23" s="3"/>
       <c r="GC23" s="3"/>
       <c r="GD23" s="3"/>
       <c r="GE23" s="3"/>
       <c r="GF23" s="3"/>
       <c r="GG23" s="3"/>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+            <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>