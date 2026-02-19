--- v0 (2025-12-28)
+++ v1 (2026-02-19)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>grado di copertura della rinnovazione affermata · stabilità del popolamento</t>
+    <t>degree of cover of established regeneration · stand stability</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,305 +373,305 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>grado di copertura della rinnovazione affermata</t>
+    <t>degree of cover of established regeneration</t>
   </si>
   <si>
-    <t>stabilità del popolamento</t>
+    <t>stand stability</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">critica </t>
+    <t>critical</t>
   </si>
   <si>
-    <t>labile</t>
+    <t>reduced</t>
   </si>
   <si>
-    <t>stabile</t>
+    <t>stable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275813/613744</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+      <t xml:space="preserve">degree of cover of established regeneration</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stabilità del popolamento</t>
+      <t xml:space="preserve">stand stability</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Capacità di resistenza meccanica di un popolamento di fronte a stress abiotici e biotici nei prossimi 10-20 anni, in tre classi. Fonte: rilievo sul terreno (MID 310: Gesamtstabilität)</t>
+    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1023,52 +1023,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -28082,51 +28082,51 @@
         <v>0.0</v>
       </c>
       <c r="GF57" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG57" s="6">
         <v>1049.5</v>
       </c>
       <c r="GH57" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:190" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275813/613744</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
@@ -28300,226 +28300,226 @@
       <c r="FX58" s="3"/>
       <c r="FY58" s="3"/>
       <c r="FZ58" s="3"/>
       <c r="GA58" s="3"/>
       <c r="GB58" s="3"/>
       <c r="GC58" s="3"/>
       <c r="GD58" s="3"/>
       <c r="GE58" s="3"/>
       <c r="GF58" s="3"/>
       <c r="GG58" s="3"/>
       <c r="GH58" s="3"/>
     </row>
     <row r="61" spans="1:190">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:190" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+            <t xml:space="preserve">degree of cover of established regeneration</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stabilità del popolamento</t>
+            <t xml:space="preserve">stand stability</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="70" spans="1:190">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:190" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:190">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:190" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>