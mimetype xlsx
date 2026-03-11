--- v0 (2025-10-01)
+++ v1 (2026-03-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: conifers or broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen der Stöcke</t>
+  </si>
+  <si>
+    <t>Stock: Nadel- oder Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275956/613887</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume of stumps</t>
+      <t xml:space="preserve">Totholzvolumen der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #395</t>
     </r>
   </si>
   <si>
-    <t>Volume of stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag.</t>
+    <t>Volumen der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: conifers or broadleaves</t>
+      <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2368</t>
     </r>
   </si>
   <si>
-    <t>Species group (conifers or broadleaves) of stumps ≥7 cm in diameter. Reference: Field Survey (MID 970: Stocktotholz - Baumart)</t>
+    <t>Artengruppe (Nadelholz, Laubholz) der Stöcke ab 7 cm Stockdurchmesser. Grundlage: Feldaufnahme (MID 970: Stocktotholz - Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>0.0</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>13.7</v>
       </c>
       <c r="GG17" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275956/613887</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume of stumps</t>
+            <t xml:space="preserve">Totholzvolumen der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #395</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: conifers or broadleaves</t>
+            <t xml:space="preserve">Stock: Nadel- oder Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2368</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>