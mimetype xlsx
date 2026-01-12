--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,406 +14,406 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di danneggiamento · specie arborea principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>degree of damage · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...33 lines deleted...]
-    <t>specie arborea principale</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>degree of damage</t>
+  </si>
+  <si>
+    <t>no damage</t>
+  </si>
+  <si>
+    <t>slight damage</t>
+  </si>
+  <si>
+    <t>moderate damage</t>
+  </si>
+  <si>
+    <t>severe damage</t>
+  </si>
+  <si>
+    <t>very severe damage</t>
+  </si>
+  <si>
+    <t>dead</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...35 lines deleted...]
-    <t>non determinabile</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276040/613971</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di danneggiamento</t>
+      <t xml:space="preserve">degree of damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #593</t>
     </r>
   </si>
   <si>
-    <t>Grado di danneggiamento degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (BHD) in base ai danni riscontrati, in sei classi. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) classified into six classes according to the damage occurred. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -765,51 +765,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1637,270 +1637,270 @@
         <v>62</v>
       </c>
       <c r="M27" s="6">
         <v>3</v>
       </c>
       <c r="N27" s="6">
         <v>466</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276040/613971</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di danneggiamento</t>
+            <t xml:space="preserve">degree of damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #593</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>