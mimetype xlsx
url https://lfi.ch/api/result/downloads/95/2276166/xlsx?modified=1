--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>diversità strutturale del popolamento</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>structural diversity of the stand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>debole</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>medium</t>
+  </si>
+  <si>
+    <t>high</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276166/614097</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversità strutturale del popolamento</t>
+      <t xml:space="preserve">structural diversity of the stand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280</t>
     </r>
   </si>
   <si>
-    <t>Valore del popolamento forestale come habitat in tre classi, derivato dagli attributi stadio di sviluppo, grado di chiusura, struttura del popolamento, proporzione di legname grosso, grado di danneggiamento del popolamento, presenza di margine boschivo o del popolamento, presenza e tipo di chiarie nel popolamento, grado di copertura dello strato arbustivo, grado di copertura degli arbusti produttori di bacche, così come anche la presenza di ceppaie, legname morto a terra, alberi morti in piedi e mucchi di rami. Fonte: rilievo sul terreno (diversi attributi)</t>
+    <t>Value of the forest stand as a habitat – in three classes, derived from the attributes: development stage, crown closure, stand structure, proportion of old timber, degree of damage to the stand, presence of forest or stand edge, occurrence and type of gaps in the stand, degree of cover of the herb layer, degree of cover of berry bushes as well as the occurrence of stumps, lying deadwood, snags and piles of branches. Reference: Field Survey (various attributes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276166/614097</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversità strutturale del popolamento</t>
+            <t xml:space="preserve">structural diversity of the stand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>