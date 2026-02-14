--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>type de forêt (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>forêt inaccessible</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
+  </si>
+  <si>
+    <t>surface forestière en permanence non boisée</t>
+  </si>
+  <si>
+    <t>tranchée, talus</t>
+  </si>
+  <si>
+    <t>peuplement clairsemé</t>
+  </si>
+  <si>
+    <t>selve, culture d'arbres</t>
+  </si>
+  <si>
+    <t>taillis</t>
+  </si>
+  <si>
+    <t>taillis-sous-futaie</t>
+  </si>
+  <si>
+    <t>futaie d'aspect jardiné</t>
+  </si>
+  <si>
+    <t>futaie irrégulière</t>
+  </si>
+  <si>
+    <t>relevé incomplet</t>
+  </si>
+  <si>
+    <t>futaie régulière</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276281/614212</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">type de forêt (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Répartition des forêts en 12 classes («types») en fonction de leur origine, de leur structure et de leur gestion. Contrairement à la variable «type de forêt (17 classes)», la variable «type de forêt (12 classes)» regroupe tous les stades de développement (de la jeune pousse à la futaie) dans la classe «futaie régulière». Source: relevé de terrain (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>106</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>100.0</v>
       </c>
       <c r="GG26" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276281/614212</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">type de forêt (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>