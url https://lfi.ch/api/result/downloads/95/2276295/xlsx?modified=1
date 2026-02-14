--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276295/614226</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>106</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>100.0</v>
       </c>
       <c r="GG26" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276295/614226</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>