--- v0 (2026-02-14)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>type de forêt (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>forêt inaccessible</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276302/614233</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type de forêt (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Répartition des forêts en 12 classes («types») en fonction de leur origine, de leur structure et de leur gestion. Contrairement à la variable «type de forêt (17 classes)», la variable «type de forêt (12 classes)» regroupe tous les stades de développement (de la jeune pousse à la futaie) dans la classe «futaie régulière». Source: relevé de terrain (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>0.0</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>1211.5</v>
       </c>
       <c r="GG26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276302/614233</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type de forêt (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>