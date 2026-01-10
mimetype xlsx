--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>size of management unit</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dimensione dell'unità di gestione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,264 +373,264 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>≤3 ha</t>
   </si>
   <si>
     <t>4-10 ha</t>
   </si>
   <si>
     <t>11-30 ha</t>
   </si>
   <si>
     <t>31-100 ha</t>
   </si>
   <si>
     <t>101-300 ha</t>
   </si>
   <si>
     <t>301-1000 ha</t>
   </si>
   <si>
     <t>1001-3000 ha</t>
   </si>
   <si>
     <t>&gt;3000 ha</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276737/614668</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size of management unit</t>
+      <t xml:space="preserve">dimensione dell'unità di gestione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #600</t>
     </r>
   </si>
   <si>
-    <t>Forest area under the same management – in eight classes. Several forest owners form a management unit («enterprise») if they have joined forces to manage their forests permanently (and not just for one logging operation). Reference: Forest Service Survey (MID 410: Grösse der Bewirtschaftungseinheit)</t>
+    <t>Superficie forestale soggetta alla stessa gestione, suddivisa in otto classi. Più proprietari di bosco formano un'unità di gestione («azienda») se hanno unito le forze in modo duraturo per gestire i loro boschi (e non solo per un singolo intervento). Fonte: inchiesta presso il servizio forestale (MID 410: Grösse der Bewirtschaftungseinheit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -982,51 +982,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -8057,51 +8057,51 @@
         <v>106</v>
       </c>
       <c r="GE22" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF22" s="6">
         <v>100.0</v>
       </c>
       <c r="GG22" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276737/614668</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -8275,191 +8275,191 @@
       <c r="FW23" s="3"/>
       <c r="FX23" s="3"/>
       <c r="FY23" s="3"/>
       <c r="FZ23" s="3"/>
       <c r="GA23" s="3"/>
       <c r="GB23" s="3"/>
       <c r="GC23" s="3"/>
       <c r="GD23" s="3"/>
       <c r="GE23" s="3"/>
       <c r="GF23" s="3"/>
       <c r="GG23" s="3"/>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size of management unit</t>
+            <t xml:space="preserve">dimensione dell'unità di gestione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #600</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>