--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total basal area</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276762/614693</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtbasalfläche</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD. Die Gesamtbasalfläche entspricht der Summe von Basalfläche und Totholzbasalfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,51 +997,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -10917,51 +10917,51 @@
         <v>0.0</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>36.0</v>
       </c>
       <c r="GG27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276762/614693</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtbasalfläche</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>