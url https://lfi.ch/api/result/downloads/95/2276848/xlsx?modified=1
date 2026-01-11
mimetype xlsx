--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>numero di processi di pericoli naturali (2022)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Anzahl Naturgefahrenprozesse (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun processo di pericolo</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>kein Prozess</t>
+  </si>
+  <si>
+    <t>ein Prozess</t>
+  </si>
+  <si>
+    <t>zwei Prozesse</t>
+  </si>
+  <si>
+    <t>drei Prozesse</t>
+  </si>
+  <si>
+    <t>vier Prozesse</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276848/614779</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di processi di pericoli naturali (2022)</t>
+      <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2647</t>
     </r>
   </si>
   <si>
-    <t>Numero di processi di pericoli naturali che possono verificarsi contemporaneamente nei boschi di protezione definiti dai Cantoni in base ai criteri armonizzati di SilvaProtect-CH (2022). Si possono considerare i seguenti quattro processi di pericoli naturali: caduta massi, valanghe, colate di fango/smottamenti, processi idrologici nei torrenti. Fonte: dati GIS dell'UFAM, 2022</t>
+    <t>Anzahl Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect-CH ausgeschiedenen Schutzwald (Stand 2022) gleichzeitig auftreten können. Folgende vier Naturgefahrenprozesse kommen infrage: Stein-/Blockschlag, Lawine, Hangmure/Rutschung, Gerinneprozesse. Grundlage: GIS-Daten des BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,51 +973,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -6341,51 +6341,51 @@
         <v>106</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>100.0</v>
       </c>
       <c r="GG19" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276848/614779</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di processi di pericoli naturali (2022)</t>
+            <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2647</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>