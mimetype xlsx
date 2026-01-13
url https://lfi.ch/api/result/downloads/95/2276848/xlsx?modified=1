--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Naturgefahrenprozesse (2022)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>number of natural hazard processes (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Prozess</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>no natural hazard</t>
+  </si>
+  <si>
+    <t>one type</t>
+  </si>
+  <si>
+    <t>two  types</t>
+  </si>
+  <si>
+    <t>three  types</t>
+  </si>
+  <si>
+    <t>four  types</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276848/614779</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
+      <t xml:space="preserve">number of natural hazard processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2647</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect-CH ausgeschiedenen Schutzwald (Stand 2022) gleichzeitig auftreten können. Folgende vier Naturgefahrenprozesse kommen infrage: Stein-/Blockschlag, Lawine, Hangmure/Rutschung, Gerinneprozesse. Grundlage: GIS-Daten des BAFU, 2022</t>
+    <t>Number of natural hazard processes that can occur simultaneously in forest designated «protection forest» by the cantons (as of 2022) according to the harmonised criteria of SilvaProtect-CH (as of 2022). The following four natural hazard processes can be considered: rockfall, avalanches, hillslope debris flows/landslides, channel processes. Reference: GIS data from the FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,51 +973,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -6341,51 +6341,51 @@
         <v>106</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>100.0</v>
       </c>
       <c r="GG19" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276848/614779</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
+            <t xml:space="preserve">number of natural hazard processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2647</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>