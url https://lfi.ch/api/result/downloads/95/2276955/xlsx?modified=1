--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>total number of stems</t>
+    <t>Gesamtstammzahl</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS, 3 classes) · giant (yes/no)</t>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen) · Gigant (nein/ja)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
   </si>
   <si>
-    <t>giant (yes/no)</t>
+    <t>Gigant (nein/ja)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
+    <t>nein</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>ja</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>montane</t>
+    <t>montan</t>
   </si>
   <si>
-    <t>hyperinsubric, colline, submontane</t>
+    <t>hyperinsubrisch, kollin, submontan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276955/614886</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">giant (yes/no)</t>
+      <t xml:space="preserve">Gigant (nein/ja)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) nach ihrem BHD in die zwei Klassen «kein Gigant» (BHD bis 80 cm) und «Gigant» (BHD über 80 cm). Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1008,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.852" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13809,51 +13809,51 @@
         <v>108</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>100.0</v>
       </c>
       <c r="GH32" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276955/614886</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14027,226 +14027,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">giant (yes/no)</t>
+            <t xml:space="preserve">Gigant (nein/ja)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>