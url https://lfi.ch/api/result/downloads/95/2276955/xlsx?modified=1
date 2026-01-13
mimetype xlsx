--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl</t>
+    <t>nombre total de tiges</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen) · Gigant (nein/ja)</t>
+    <t>étages de végétation NaiS (3 classes) · géant (oui/non)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>lacs</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+    <t>étages de végétation NaiS (3 classes)</t>
   </si>
   <si>
-    <t>Gigant (nein/ja)</t>
+    <t>géant (oui/non)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
+    <t>non</t>
   </si>
   <si>
-    <t>ja</t>
+    <t>oui</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <t>subalpin</t>
   </si>
   <si>
-    <t>montan</t>
+    <t>montagnard</t>
   </si>
   <si>
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>hyperinsubrique, collinéen, submontagnard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276955/614886</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenés à trois classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en six classes (NAISHSTKOMB6KL), en regroupant les classes «hyperinsubrique et collinéen» et «submontagnard» dans la classe «hyperinsubrique, collinéen et submontagnard», les classes «montagnard supérieur et inférieur» et «haut-montagnard» dans la classe «montagnard», et les classes «subalpin» et «subalpin supérieur» dans la classe «subalpin». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gigant (nein/ja)</t>
+      <t xml:space="preserve">géant (oui/non)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) nach ihrem BHD in die zwei Klassen «kein Gigant» (BHD bis 80 cm) und «Gigant» (BHD über 80 cm). Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon leur DHP en deux classes: «non géant» (DHP jusqu'à 80 cm) et «géant» (DHP supérieur à 80 cm). Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13809,51 +13809,51 @@
         <v>108</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>100.0</v>
       </c>
       <c r="GH32" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276955/614886</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14027,226 +14027,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gigant (nein/ja)</t>
+            <t xml:space="preserve">géant (oui/non)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>