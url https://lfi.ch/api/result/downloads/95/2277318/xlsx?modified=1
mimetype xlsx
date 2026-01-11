--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>quota (classi di 400 m) · bosco senza arbusteto, arbusteto, non bosco</t>
+    <t>Höhenlage (400-m-Klassen) · Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: superficie totale</t>
+      <t xml:space="preserve">: Gesamtfläche</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,302 +373,302 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>quota (classi di 400 m)</t>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
-    <t>bosco senza arbusteto, arbusteto, non bosco</t>
+    <t>Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non bosco</t>
+    <t>Nichtwald</t>
   </si>
   <si>
-    <t>bosco senza arbusteto</t>
+    <t>Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>arbusteto</t>
+    <t>Gebüschwald</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
-    <t>601-1000 m</t>
+    <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277318/615249</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 400 m)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
+      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #329</t>
     </r>
   </si>
   <si>
-    <t>Copertura del suolo, descritta con le tre classi «bosco senza arbusteto», «arbusteto» e «non bosco» in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816: Wald-/Nichtwald-Entscheid) oppure - nel caso di inaccessibilità - interpretazione delle foto aeree.</t>
+    <t>Bodenbedeckung, umschrieben mit den drei Klassen «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» gestützt auf die Walddefinition des LFI. Grundlage: Feldaufnahme (MID 816) oder - bei Unzugänglichkeit - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie totale</t>
+      <t xml:space="preserve">Gesamtfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
+    <t>Fläche der Schweiz oder einer Region (z.B. Produktionsregion, Kanton) unabhängig von ihrem Bewuchs. Im LFI setzt sich die Gesamtfläche aus den Komponenten «Wald ohne Gebüschwald», «Gebüschwald» und «Nichtwald» zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1023,52 +1023,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -26368,51 +26368,51 @@
         <v>100.0</v>
       </c>
       <c r="GF54" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG54" s="7">
         <v>100.0</v>
       </c>
       <c r="GH54" s="7" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:190" customHeight="1" ht="21.75">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277318/615249</t>
           </r>
         </is>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
@@ -26586,226 +26586,226 @@
       <c r="FX55" s="3"/>
       <c r="FY55" s="3"/>
       <c r="FZ55" s="3"/>
       <c r="GA55" s="3"/>
       <c r="GB55" s="3"/>
       <c r="GC55" s="3"/>
       <c r="GD55" s="3"/>
       <c r="GE55" s="3"/>
       <c r="GF55" s="3"/>
       <c r="GG55" s="3"/>
       <c r="GH55" s="3"/>
     </row>
     <row r="58" spans="1:190">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:190" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:190">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 400 m)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:190" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
+            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald, Nichtwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #329</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="70" spans="1:190">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie totale</t>
+            <t xml:space="preserve">Gesamtfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:190" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="73" spans="1:190">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:190" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>