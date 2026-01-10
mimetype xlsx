--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -12,416 +12,419 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...7 lines deleted...]
-    <t>étages de végétation NaiS (6 classes) · état de l'arbre (vif/mort) · résineux et feuillus</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · tree state (living/dead) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...20 lines deleted...]
-    <t>hyperinsubrique et collinéen</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>état de l'arbre (vif/mort)</t>
-[...2 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>tree state (living/dead)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t xml:space="preserve"> n/a</t>
+  </si>
+  <si>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...11 lines deleted...]
-    <t>mort</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277519/615450</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre total de tiges</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -773,52 +776,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -938,479 +941,479 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>346</v>
       </c>
       <c r="D19" s="6">
         <v>7</v>
       </c>
       <c r="E19" s="6">
         <v>364</v>
       </c>
       <c r="F19" s="6">
         <v>5</v>
       </c>
       <c r="G19" s="6">
         <v>349</v>
       </c>
       <c r="H19" s="6">
         <v>4</v>
       </c>
       <c r="I19" s="6">
         <v>208</v>
       </c>
       <c r="J19" s="6">
         <v>3</v>
       </c>
       <c r="K19" s="6">
         <v>140</v>
       </c>
       <c r="L19" s="6">
         <v>5</v>
       </c>
       <c r="M19" s="6">
         <v>36</v>
       </c>
       <c r="N19" s="6">
         <v>29</v>
       </c>
       <c r="O19" s="6">
         <v>234</v>
       </c>
       <c r="P19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>5</v>
       </c>
       <c r="D20" s="6">
         <v>43</v>
       </c>
       <c r="E20" s="6">
         <v>15</v>
       </c>
       <c r="F20" s="6">
         <v>24</v>
       </c>
       <c r="G20" s="6">
         <v>76</v>
       </c>
       <c r="H20" s="6">
         <v>10</v>
       </c>
       <c r="I20" s="6">
         <v>210</v>
       </c>
       <c r="J20" s="6">
         <v>3</v>
       </c>
       <c r="K20" s="6">
         <v>220</v>
       </c>
       <c r="L20" s="6">
         <v>4</v>
       </c>
       <c r="M20" s="6">
         <v>468</v>
       </c>
       <c r="N20" s="6">
         <v>6</v>
       </c>
       <c r="O20" s="6">
         <v>171</v>
       </c>
       <c r="P20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="6">
         <v>350</v>
       </c>
       <c r="D22" s="6">
         <v>6</v>
       </c>
       <c r="E22" s="6">
         <v>379</v>
       </c>
       <c r="F22" s="6">
         <v>4</v>
       </c>
       <c r="G22" s="6">
         <v>425</v>
       </c>
       <c r="H22" s="6">
         <v>3</v>
       </c>
@@ -1419,234 +1422,234 @@
       </c>
       <c r="J22" s="6">
         <v>2</v>
       </c>
       <c r="K22" s="6">
         <v>359</v>
       </c>
       <c r="L22" s="6">
         <v>3</v>
       </c>
       <c r="M22" s="6">
         <v>504</v>
       </c>
       <c r="N22" s="6">
         <v>5</v>
       </c>
       <c r="O22" s="6">
         <v>405</v>
       </c>
       <c r="P22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="6">
         <v>0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>48</v>
       </c>
       <c r="D24" s="6">
         <v>15</v>
       </c>
       <c r="E24" s="6">
         <v>68</v>
       </c>
       <c r="F24" s="6">
         <v>9</v>
       </c>
       <c r="G24" s="6">
         <v>62</v>
       </c>
       <c r="H24" s="6">
         <v>7</v>
       </c>
       <c r="I24" s="6">
         <v>32</v>
       </c>
       <c r="J24" s="6">
         <v>6</v>
       </c>
       <c r="K24" s="6">
         <v>12</v>
       </c>
       <c r="L24" s="6">
         <v>10</v>
       </c>
       <c r="M24" s="6">
         <v>11</v>
       </c>
       <c r="N24" s="6">
         <v>32</v>
       </c>
       <c r="O24" s="6">
         <v>37</v>
       </c>
       <c r="P24" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C25" s="6">
         <v>1</v>
       </c>
       <c r="D25" s="6">
         <v>70</v>
       </c>
       <c r="E25" s="6">
         <v>2</v>
       </c>
       <c r="F25" s="6">
         <v>38</v>
       </c>
       <c r="G25" s="6">
         <v>14</v>
       </c>
       <c r="H25" s="6">
         <v>14</v>
       </c>
       <c r="I25" s="6">
         <v>26</v>
       </c>
       <c r="J25" s="6">
         <v>6</v>
       </c>
       <c r="K25" s="6">
         <v>22</v>
       </c>
       <c r="L25" s="6">
         <v>9</v>
       </c>
       <c r="M25" s="6">
         <v>123</v>
       </c>
       <c r="N25" s="6">
         <v>9</v>
       </c>
       <c r="O25" s="6">
         <v>24</v>
       </c>
       <c r="P25" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26" s="6">
         <v>0</v>
       </c>
       <c r="H26" s="6">
         <v>100</v>
       </c>
       <c r="I26" s="6">
         <v>0</v>
       </c>
       <c r="J26" s="6">
         <v>54</v>
       </c>
       <c r="K26" s="6">
         <v>0</v>
       </c>
       <c r="L26" s="6">
         <v>71</v>
       </c>
       <c r="M26" s="6">
         <v>0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O26" s="6">
         <v>0</v>
       </c>
       <c r="P26" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="6">
         <v>49</v>
       </c>
       <c r="D27" s="6">
         <v>14</v>
       </c>
       <c r="E27" s="6">
         <v>71</v>
       </c>
       <c r="F27" s="6">
         <v>9</v>
       </c>
@@ -1664,231 +1667,231 @@
       </c>
       <c r="K27" s="6">
         <v>35</v>
       </c>
       <c r="L27" s="6">
         <v>7</v>
       </c>
       <c r="M27" s="6">
         <v>134</v>
       </c>
       <c r="N27" s="6">
         <v>9</v>
       </c>
       <c r="O27" s="6">
         <v>62</v>
       </c>
       <c r="P27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M28" s="6">
         <v>0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O28" s="6">
         <v>0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C29" s="6">
         <v>394</v>
       </c>
       <c r="D29" s="6">
         <v>6</v>
       </c>
       <c r="E29" s="6">
         <v>432</v>
       </c>
       <c r="F29" s="6">
         <v>4</v>
       </c>
       <c r="G29" s="6">
         <v>411</v>
       </c>
       <c r="H29" s="6">
         <v>3</v>
       </c>
       <c r="I29" s="6">
         <v>240</v>
       </c>
       <c r="J29" s="6">
         <v>3</v>
       </c>
       <c r="K29" s="6">
         <v>152</v>
       </c>
       <c r="L29" s="6">
         <v>5</v>
       </c>
       <c r="M29" s="6">
         <v>48</v>
       </c>
       <c r="N29" s="6">
         <v>27</v>
       </c>
       <c r="O29" s="6">
         <v>271</v>
       </c>
       <c r="P29" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C30" s="6">
         <v>5</v>
       </c>
       <c r="D30" s="6">
         <v>39</v>
       </c>
       <c r="E30" s="6">
         <v>17</v>
       </c>
       <c r="F30" s="6">
         <v>23</v>
       </c>
       <c r="G30" s="6">
         <v>90</v>
       </c>
       <c r="H30" s="6">
         <v>10</v>
       </c>
       <c r="I30" s="6">
         <v>236</v>
       </c>
       <c r="J30" s="6">
         <v>3</v>
       </c>
       <c r="K30" s="6">
         <v>242</v>
       </c>
       <c r="L30" s="6">
         <v>4</v>
       </c>
       <c r="M30" s="6">
         <v>591</v>
       </c>
       <c r="N30" s="6">
         <v>5</v>
       </c>
       <c r="O30" s="6">
         <v>196</v>
       </c>
       <c r="P30" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E31" s="6">
         <v>0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G31" s="6">
         <v>0</v>
       </c>
       <c r="H31" s="6">
         <v>100</v>
       </c>
       <c r="I31" s="6">
         <v>0</v>
       </c>
       <c r="J31" s="6">
         <v>54</v>
       </c>
       <c r="K31" s="6">
         <v>0</v>
       </c>
       <c r="L31" s="6">
         <v>71</v>
       </c>
       <c r="M31" s="6">
         <v>0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O31" s="6">
         <v>0</v>
       </c>
       <c r="P31" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="6">
         <v>399</v>
       </c>
       <c r="D32" s="6">
         <v>6</v>
       </c>
       <c r="E32" s="6">
         <v>450</v>
       </c>
       <c r="F32" s="6">
         <v>4</v>
       </c>
@@ -1914,324 +1917,324 @@
         <v>639</v>
       </c>
       <c r="N32" s="6">
         <v>5</v>
       </c>
       <c r="O32" s="6">
         <v>466</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277519/615450</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre total de tiges</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:P33"/>