--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes) · stand stability</t>
+    <t>quota (classi di 200 m) · stabilità del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,308 +373,308 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes)</t>
+    <t>quota (classi di 200 m)</t>
   </si>
   <si>
-    <t>stand stability</t>
+    <t>stabilità del popolamento</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>critical</t>
+    <t xml:space="preserve">critica </t>
   </si>
   <si>
-    <t>reduced</t>
+    <t>labile</t>
   </si>
   <si>
-    <t>stable</t>
+    <t>stabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277557/615488</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand stability</t>
+      <t xml:space="preserve">stabilità del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
+    <t>Capacità di resistenza meccanica di un popolamento di fronte a stress abiotici e biotici nei prossimi 10-20 anni, in tre classi. Fonte: rilievo sul terreno (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1029,52 +1029,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -30940,51 +30940,51 @@
         <v>108</v>
       </c>
       <c r="GF62" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG62" s="7">
         <v>100.0</v>
       </c>
       <c r="GH62" s="7" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="63" spans="1:190" customHeight="1" ht="21.75">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277557/615488</t>
           </r>
         </is>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
       <c r="L63" s="3"/>
@@ -31158,226 +31158,226 @@
       <c r="FX63" s="3"/>
       <c r="FY63" s="3"/>
       <c r="FZ63" s="3"/>
       <c r="GA63" s="3"/>
       <c r="GB63" s="3"/>
       <c r="GC63" s="3"/>
       <c r="GD63" s="3"/>
       <c r="GE63" s="3"/>
       <c r="GF63" s="3"/>
       <c r="GG63" s="3"/>
       <c r="GH63" s="3"/>
     </row>
     <row r="66" spans="1:190">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:190" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="69" spans="1:190">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:190" customHeight="1" ht="29">
       <c r="A70" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:190">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand stability</t>
+            <t xml:space="preserve">stabilità del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="75" spans="1:190">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:190" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="78" spans="1:190">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:190" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="81" spans="1:190">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:190" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>