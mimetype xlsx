--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · spezielle Waldfunktion (2 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · special forest function (2 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,287 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...8 lines deleted...]
-    <t>spezielle Waldfunktion (2 Klassen)</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>special forest function (2 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nicht vorhanden</t>
-[...11 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>absent</t>
+  </si>
+  <si>
+    <t>present</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277579/615510</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
+      <t xml:space="preserve">special forest function (2 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1095</t>
     </r>
   </si>
   <si>
-    <t>Vorkommen einer Waldfunktion von erheblicher lokaler Bedeutung gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst in zwei Klassen (vorhanden/nicht vorhanden). Waldfunktionen sind z.B. Holzproduktion, Schutz gegen Naturgefahren, Naturschutz, Trinkwasserschutz. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of a forest function that is locally very important according to forest plans or an assessment by the local forest service – in two classes (present/absent). Forest functions include e.g. timber production, protection against natural hazards, nature conservation and drinking water protection. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1005,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -11524,51 +11524,51 @@
         <v>108</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>100.0</v>
       </c>
       <c r="GH28" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277579/615510</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,226 +11742,226 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
+            <t xml:space="preserve">special forest function (2 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1095</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>