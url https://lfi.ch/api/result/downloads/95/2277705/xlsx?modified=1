--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems</t>
+    <t>numero totale di fusti</t>
   </si>
   <si>
-    <t>giant (yes/no) · main tree species</t>
+    <t>gigante (no/sì) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,320 +373,320 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>giant (yes/no)</t>
+    <t>gigante (no/sì)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>sì</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277705/615636</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">giant (yes/no)</t>
+      <t xml:space="preserve">gigante (no/sì)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Suddivisione degli alberi e arbusti a partire da un diametro a petto d'uomo (DPU) di 12 cm in due classi, ossia «non gigante» (DPU fino a 80 cm) e «gigante» (DPU superiore a 80 cm). Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1038,52 +1038,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -36637,51 +36637,51 @@
         <v>0</v>
       </c>
       <c r="GF72" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG72" s="6">
         <v>548544</v>
       </c>
       <c r="GH72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277705/615636</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -36855,226 +36855,226 @@
       <c r="FX73" s="3"/>
       <c r="FY73" s="3"/>
       <c r="FZ73" s="3"/>
       <c r="GA73" s="3"/>
       <c r="GB73" s="3"/>
       <c r="GC73" s="3"/>
       <c r="GD73" s="3"/>
       <c r="GE73" s="3"/>
       <c r="GF73" s="3"/>
       <c r="GG73" s="3"/>
       <c r="GH73" s="3"/>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">giant (yes/no)</t>
+            <t xml:space="preserve">gigante (no/sì)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="82" spans="1:190">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:190" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="85" spans="1:190">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:190" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:190">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:190" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="91" spans="1:190">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:190" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>137</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>