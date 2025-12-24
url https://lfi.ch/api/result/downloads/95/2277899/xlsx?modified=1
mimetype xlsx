--- v0 (2025-10-01)
+++ v1 (2025-12-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'timber production'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Holzproduktion</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277899/615830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'timber production'</t>
+      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1176.4</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277899/615830</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'timber production'</t>
+            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>