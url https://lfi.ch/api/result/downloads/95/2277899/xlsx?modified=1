--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Holzproduktion</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di produzione di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277899/615830</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+      <t xml:space="preserve">funzione di produzione di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1176.4</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277899/615830</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+            <t xml:space="preserve">funzione di produzione di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>