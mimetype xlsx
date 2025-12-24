--- v0 (2025-10-01)
+++ v1 (2025-12-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'timber production'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Holzproduktion</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278000/615931</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'timber production'</t>
+      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1290.8</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278000/615931</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'timber production'</t>
+            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>