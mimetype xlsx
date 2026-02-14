--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Holzproduktion</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di produzione di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278127/616058</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+      <t xml:space="preserve">funzione di produzione di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278127/616058</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+            <t xml:space="preserve">funzione di produzione di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>