--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>funzione d'uso militare</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction d'usage militaire</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278174/616105</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione d'uso militare</t>
+      <t xml:space="preserve">fonction d'usage militaire</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #468</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «uso militare» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «usage militaire» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278174/616105</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione d'uso militare</t>
+            <t xml:space="preserve">fonction d'usage militaire</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #468</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>