--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di copertura della rinnovazione (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Verjüngungsdeckungsgrad (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278203/616134</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
+      <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #563</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 6 classi. Questo attributo è disponibile a partire dall'IFN2 (1993-1995). Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Flächenanteil, der von Verjüngung, d.h. von Laub- und Nadelbäumen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD), überschirmt ist in sechs Klassen. Das Merkmal ist ab dem LFI2 (1993-1995) verfügbar. Grundlage: Feldaufnahme (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>106</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>100.0</v>
       </c>
       <c r="GG20" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278203/616134</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
+            <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #563</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>