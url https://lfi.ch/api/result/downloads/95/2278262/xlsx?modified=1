--- v0 (2025-12-25)
+++ v1 (2026-02-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione di protezione frangivento</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
-[...2 lines deleted...]
-    <t>totale</t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278262/616193</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione frangivento</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278262/616193</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione frangivento</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>