--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi) · pendenza (classi di 20%)</t>
+    <t>forest type (3 classes) · slope (in 20% classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,302 +373,302 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi)</t>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
-    <t>pendenza (classi di 20%)</t>
+    <t>slope (in 20% classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fino al 20%</t>
+    <t>to 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
+    <t>accessible forest without shrub forest</t>
   </si>
   <si>
-    <t>bosco non accessibile esclusi gli arbusteti</t>
+    <t>inaccessible forest without shrub forest</t>
   </si>
   <si>
-    <t>arbusteti</t>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278315/616246</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pendenza (classi di 20%)</t>
+      <t xml:space="preserve">slope (in 20% classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
+    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1020,52 +1020,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -25221,51 +25221,51 @@
         <v>108</v>
       </c>
       <c r="GF52" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG52" s="6">
         <v>100.0</v>
       </c>
       <c r="GH52" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278315/616246</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -25439,226 +25439,226 @@
       <c r="FX53" s="3"/>
       <c r="FY53" s="3"/>
       <c r="FZ53" s="3"/>
       <c r="GA53" s="3"/>
       <c r="GB53" s="3"/>
       <c r="GC53" s="3"/>
       <c r="GD53" s="3"/>
       <c r="GE53" s="3"/>
       <c r="GF53" s="3"/>
       <c r="GG53" s="3"/>
       <c r="GH53" s="3"/>
     </row>
     <row r="56" spans="1:190">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:190" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="59" spans="1:190">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:190" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:190">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pendenza (classi di 20%)</t>
+            <t xml:space="preserve">slope (in 20% classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:190" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:190">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:190" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:190">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:190" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="71" spans="1:190">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:190" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>