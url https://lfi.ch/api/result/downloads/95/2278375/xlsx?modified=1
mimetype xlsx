--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fonction de protection contre le vent</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Windschutz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt IFN4/IFN5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278375/616306</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction de protection contre le vent</t>
+      <t xml:space="preserve">Waldfunktion Windschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
+    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt IFN4/IFN5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1290.8</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278375/616306</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction de protection contre le vent</t>
+            <t xml:space="preserve">Waldfunktion Windschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt IFN4/IFN5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>