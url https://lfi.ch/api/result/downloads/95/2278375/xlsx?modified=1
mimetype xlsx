--- v1 (2026-02-14)
+++ v2 (2026-02-15)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278375/616306</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1290.8</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278375/616306</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>