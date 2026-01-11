--- v0 (2026-01-08)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>indicatore di zone di protezione delle acque sotterranee (2022)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Indikator Grundwasserschutzzone (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non è zona di protezione delle acque sotterranee</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278550/616481</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+      <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Ubicazione all'interno/all'esterno di una zona di protezione delle acque sotterranee. Queste zone vengono designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch). Stato dei dati: 8.7.2022 (Download von geodienste.ch).</t>
+    <t>Lage innerhalb/ausserhalb einer Grundwasserschutzzone. Die Grundwasserschutzzonen werden von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden und dienen dem Schutz des Trinkwassers. Die Indikatorvariable fasst die verschiedenen seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) zu einer Klasse zusammen. Stand der Daten: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278550/616481</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+            <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>