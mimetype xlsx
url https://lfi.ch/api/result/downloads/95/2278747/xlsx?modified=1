--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Wildschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco esclusi gli arbusteti, arbusteto · funzione di protezione della selvaggina</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,287 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...8 lines deleted...]
-    <t>Waldfunktion Wildschutz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco esclusi gli arbusteti, arbusteto</t>
+  </si>
+  <si>
+    <t>funzione di protezione della selvaggina</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...11 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278747/616679</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Wildschutz</t>
+      <t xml:space="preserve">funzione di protezione della selvaggina</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Wildschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Wildschutz» umfasst dabei in der Regel die Wildeinstandsgebiete und Wildruhezonen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della selvaggina» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione della selvaggina» comprende di regola le zone di ripristino della selvaggina e le zone di tranquillità per la selvaggina. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1005,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -11524,51 +11524,51 @@
         <v>108</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>100.0</v>
       </c>
       <c r="GH28" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278747/616679</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,226 +11742,226 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Wildschutz</t>
+            <t xml:space="preserve">funzione di protezione della selvaggina</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>