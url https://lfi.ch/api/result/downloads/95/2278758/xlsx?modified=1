--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto · funzione di protezione della selvaggina</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Wildschutz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,287 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...8 lines deleted...]
-    <t>funzione di protezione della selvaggina</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald</t>
+  </si>
+  <si>
+    <t>Waldfunktion Wildschutz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...11 lines deleted...]
-    <t>arbusteto</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278758/616690</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione della selvaggina</t>
+      <t xml:space="preserve">Waldfunktion Wildschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione della selvaggina» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione della selvaggina» comprende di regola le zone di ripristino della selvaggina e le zone di tranquillità per la selvaggina. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Wildschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Wildschutz» umfasst dabei in der Regel die Wildeinstandsgebiete und Wildruhezonen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1005,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -11524,51 +11524,51 @@
         <v>0.0</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>1270.3</v>
       </c>
       <c r="GH28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278758/616690</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,226 +11742,226 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione della selvaggina</t>
+            <t xml:space="preserve">Waldfunktion Wildschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>