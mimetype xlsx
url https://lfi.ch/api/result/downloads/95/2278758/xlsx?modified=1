--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Wildschutz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · forest function 'game protection'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,287 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...8 lines deleted...]
-    <t>Waldfunktion Wildschutz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>forest function 'game protection'</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...11 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278758/616690</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Wildschutz</t>
+      <t xml:space="preserve">forest function 'game protection'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Wildschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Wildschutz» umfasst dabei in der Regel die Wildeinstandsgebiete und Wildruhezonen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'game protection' according to forest plans or an assessment by the local forest service. As a rule, the forest function 'game protection' includes seasonal grazing areas and game reserves. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1005,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -11524,51 +11524,51 @@
         <v>0.0</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>1270.3</v>
       </c>
       <c r="GH28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278758/616690</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,226 +11742,226 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Wildschutz</t>
+            <t xml:space="preserve">forest function 'game protection'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>