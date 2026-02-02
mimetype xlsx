--- v0 (2026-02-02)
+++ v1 (2026-02-02)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre d'espèces ligneuses (d'au moins 40 cm de hauteur)</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,270 +373,270 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...26 lines deleted...]
-    <t>hyperinsubric (S)</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard supérieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur/supérieur (S)</t>
+  </si>
+  <si>
+    <t>submontagnard (N)</t>
+  </si>
+  <si>
+    <t>collinéen avec hêtre (S)</t>
+  </si>
+  <si>
+    <t>collinéen</t>
+  </si>
+  <si>
+    <t>hyperinsubrique (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278999/616931</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+      <t xml:space="preserve">nombre d'espèces ligneuses (d'au moins 40 cm de hauteur)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
+    <t>Nombre d'espèces d'arbres et d'arbustes représentées dans le cercle d'échantillonnage de 2 ares par au moins un individu vif d'au moins 40 cm de hauteur.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -988,51 +988,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -9201,51 +9201,51 @@
         <v>0.0</v>
       </c>
       <c r="GE24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF24" s="6">
         <v>6.7</v>
       </c>
       <c r="GG24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278999/616931</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -9419,191 +9419,191 @@
       <c r="FW25" s="3"/>
       <c r="FX25" s="3"/>
       <c r="FY25" s="3"/>
       <c r="FZ25" s="3"/>
       <c r="GA25" s="3"/>
       <c r="GB25" s="3"/>
       <c r="GC25" s="3"/>
       <c r="GD25" s="3"/>
       <c r="GE25" s="3"/>
       <c r="GF25" s="3"/>
       <c r="GG25" s="3"/>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+            <t xml:space="preserve">nombre d'espèces ligneuses (d'au moins 40 cm de hauteur)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>