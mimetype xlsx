--- v0 (2025-10-01)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>forest type (17 classes)</t>
+    <t>tipo di bosco (17 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
+    <t>bosco non accessibile</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>arbusteto</t>
   </si>
   <si>
-    <t>permanently unstocked forest area</t>
+    <t>superficie forestale perennemente non boscata</t>
   </si>
   <si>
-    <t>temporarily unstocked forest area</t>
+    <t>superficie forestale temporaneamente non boscata</t>
   </si>
   <si>
-    <t>aisle, embankment</t>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
   </si>
   <si>
-    <t>permanently open stand</t>
+    <t>soprassuolo perennemente aperto</t>
   </si>
   <si>
-    <t>(nut) orchard, plantation</t>
+    <t>selva, arboricoltura</t>
   </si>
   <si>
-    <t>coppice forest</t>
+    <t>ceduo</t>
   </si>
   <si>
-    <t>coppice with standards</t>
+    <t>ceduo composto</t>
   </si>
   <si>
-    <t>selection type high forest</t>
+    <t>fustaia a struttura disetanea</t>
   </si>
   <si>
-    <t>non-uniform high forest</t>
+    <t>fustaia irregolare</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>novelleto/spessina</t>
   </si>
   <si>
-    <t>poletimber</t>
+    <t>perticaia</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>fustaia giovane</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>fustaia adulta</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>fustaia matura</t>
   </si>
   <si>
-    <t>incomplete survey</t>
+    <t>rilevamento incompleto</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279515/617447</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">tipo di bosco (17 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>106</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>100.0</v>
       </c>
       <c r="GG31" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279515/617447</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">tipo di bosco (17 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>