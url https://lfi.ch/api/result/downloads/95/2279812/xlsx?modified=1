--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Höhenlage (400-m-Klassen) · Neigung (20%-Klassen)</t>
+    <t>quota (classi di 400 m) · pendenza (classi di 20%)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,308 +373,308 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
-    <t>Neigung (20%-Klassen)</t>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bis 20 %</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279812/617744</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1029,52 +1029,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -34354,51 +34354,51 @@
         <v>108</v>
       </c>
       <c r="GF68" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG68" s="7">
         <v>100.0</v>
       </c>
       <c r="GH68" s="7" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="69" spans="1:190" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279812/617744</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -34572,226 +34572,226 @@
       <c r="FX69" s="3"/>
       <c r="FY69" s="3"/>
       <c r="FZ69" s="3"/>
       <c r="GA69" s="3"/>
       <c r="GB69" s="3"/>
       <c r="GC69" s="3"/>
       <c r="GD69" s="3"/>
       <c r="GE69" s="3"/>
       <c r="GF69" s="3"/>
       <c r="GG69" s="3"/>
       <c r="GH69" s="3"/>
     </row>
     <row r="72" spans="1:190">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="75" spans="1:190">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:190" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:190">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:190" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="81" spans="1:190">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:190" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="84" spans="1:190">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:190" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="87" spans="1:190">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:190" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>