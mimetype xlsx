--- v0 (2026-01-25)
+++ v1 (2026-01-25)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>conifere e latifoglie · alte/basse quote</t>
+    <t>Nadelholz, Laubholz · Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>conifere e latifoglie</t>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
-    <t>alte/basse quote</t>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>basse quote</t>
+    <t>Tieflagen</t>
   </si>
   <si>
-    <t>alte quote</t>
+    <t>Hochlagen</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>conifere</t>
+    <t>Nadelholz</t>
   </si>
   <si>
-    <t>latifoglie</t>
+    <t>Laubholz</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279949/617881</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1008,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -13809,51 +13809,51 @@
         <v>0.0</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>31.1</v>
       </c>
       <c r="GH32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279949/617881</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14027,226 +14027,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>