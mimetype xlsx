--- v0 (2025-10-01)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>forest type (17 classes)</t>
+    <t>Waldtyp (17 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
+    <t>unzugänglicher Wald</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>Gebüschwald</t>
   </si>
   <si>
-    <t>permanently unstocked forest area</t>
+    <t>dauernd nicht bestockte Waldfläche</t>
   </si>
   <si>
-    <t>temporarily unstocked forest area</t>
+    <t>vorübergehend nicht bestockte Waldfläche</t>
   </si>
   <si>
-    <t>aisle, embankment</t>
+    <t>Schneise, Böschung</t>
   </si>
   <si>
-    <t>permanently open stand</t>
+    <t>dauernd aufgelöste Bestockung</t>
   </si>
   <si>
-    <t>(nut) orchard, plantation</t>
+    <t>Selve, Plantage</t>
   </si>
   <si>
-    <t>coppice forest</t>
+    <t>Niederwald</t>
   </si>
   <si>
-    <t>coppice with standards</t>
+    <t>Mittelwald</t>
   </si>
   <si>
-    <t>selection type high forest</t>
+    <t>plenterartiger Hochwald</t>
   </si>
   <si>
-    <t>non-uniform high forest</t>
+    <t>ungleichförmiger Hochwald</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>Jungwuchs/Dickung</t>
   </si>
   <si>
-    <t>poletimber</t>
+    <t>Stangenholz</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>schwaches Baumholz</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>mittleres Baumholz</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>starkes Baumholz</t>
   </si>
   <si>
-    <t>incomplete survey</t>
+    <t>unvollständige Aufnahme</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282493/620425</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>106</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>100.0</v>
       </c>
       <c r="GG31" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282493/620425</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>