--- v1 (2026-01-09)
+++ v2 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Waldtyp (17 Klassen)</t>
+    <t>tipo di bosco (17 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
+    <t>bosco non accessibile</t>
   </si>
   <si>
-    <t>Gebüschwald</t>
+    <t>arbusteto</t>
   </si>
   <si>
-    <t>dauernd nicht bestockte Waldfläche</t>
+    <t>superficie forestale perennemente non boscata</t>
   </si>
   <si>
-    <t>vorübergehend nicht bestockte Waldfläche</t>
+    <t>superficie forestale temporaneamente non boscata</t>
   </si>
   <si>
-    <t>Schneise, Böschung</t>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
   </si>
   <si>
-    <t>dauernd aufgelöste Bestockung</t>
+    <t>soprassuolo perennemente aperto</t>
   </si>
   <si>
-    <t>Selve, Plantage</t>
+    <t>selva, arboricoltura</t>
   </si>
   <si>
-    <t>Niederwald</t>
+    <t>ceduo</t>
   </si>
   <si>
-    <t>Mittelwald</t>
+    <t>ceduo composto</t>
   </si>
   <si>
-    <t>plenterartiger Hochwald</t>
+    <t>fustaia a struttura disetanea</t>
   </si>
   <si>
-    <t>ungleichförmiger Hochwald</t>
+    <t>fustaia irregolare</t>
   </si>
   <si>
-    <t>Jungwuchs/Dickung</t>
+    <t>novelleto/spessina</t>
   </si>
   <si>
-    <t>Stangenholz</t>
+    <t>perticaia</t>
   </si>
   <si>
-    <t>schwaches Baumholz</t>
+    <t>fustaia giovane</t>
   </si>
   <si>
-    <t>mittleres Baumholz</t>
+    <t>fustaia adulta</t>
   </si>
   <si>
-    <t>starkes Baumholz</t>
+    <t>fustaia matura</t>
   </si>
   <si>
-    <t>unvollständige Aufnahme</t>
+    <t>rilevamento incompleto</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282493/620425</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (17 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>106</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>100.0</v>
       </c>
       <c r="GG31" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282493/620425</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (17 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>