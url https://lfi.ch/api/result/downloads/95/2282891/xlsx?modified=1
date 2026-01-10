--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>tipo di bosco (17 classi)</t>
+    <t>forest type (17 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
+    <t>inaccessible forest</t>
   </si>
   <si>
-    <t>arbusteto</t>
+    <t>shrub forest</t>
   </si>
   <si>
-    <t>superficie forestale perennemente non boscata</t>
+    <t>permanently unstocked forest area</t>
   </si>
   <si>
-    <t>superficie forestale temporaneamente non boscata</t>
+    <t>temporarily unstocked forest area</t>
   </si>
   <si>
-    <t>striscia aperta nel soprassuolo e scarpata</t>
+    <t>aisle, embankment</t>
   </si>
   <si>
-    <t>soprassuolo perennemente aperto</t>
+    <t>permanently open stand</t>
   </si>
   <si>
-    <t>selva, arboricoltura</t>
+    <t>(nut) orchard, plantation</t>
   </si>
   <si>
-    <t>ceduo</t>
+    <t>coppice forest</t>
   </si>
   <si>
-    <t>ceduo composto</t>
+    <t>coppice with standards</t>
   </si>
   <si>
-    <t>fustaia a struttura disetanea</t>
+    <t>selection type high forest</t>
   </si>
   <si>
-    <t>fustaia irregolare</t>
+    <t>non-uniform high forest</t>
   </si>
   <si>
-    <t>novelleto/spessina</t>
+    <t>young growth/ thicket</t>
   </si>
   <si>
-    <t>perticaia</t>
+    <t>poletimber</t>
   </si>
   <si>
-    <t>fustaia giovane</t>
+    <t>young timber</t>
   </si>
   <si>
-    <t>fustaia adulta</t>
+    <t>medium timber</t>
   </si>
   <si>
-    <t>fustaia matura</t>
+    <t>old timber</t>
   </si>
   <si>
-    <t>rilevamento incompleto</t>
+    <t>incomplete survey</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282891/620823</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (17 classi)</t>
+      <t xml:space="preserve">forest type (17 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>106</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>100.0</v>
       </c>
       <c r="GG31" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282891/620823</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (17 classi)</t>
+            <t xml:space="preserve">forest type (17 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>